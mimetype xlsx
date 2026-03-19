--- v0 (2026-01-18)
+++ v1 (2026-03-19)
@@ -7,164 +7,190 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$1:$F$304</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$1:$F$350</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1284">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1456">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Gender</t>
   </si>
   <si>
     <t>Home Phone</t>
   </si>
   <si>
     <t>Cell Phone</t>
   </si>
   <si>
     <t>email</t>
   </si>
   <si>
     <t>Postal Address</t>
   </si>
   <si>
     <t>Aboytes, Kathryn</t>
   </si>
   <si>
     <t>F</t>
   </si>
   <si>
     <t>314-909-0806</t>
   </si>
   <si>
     <t>314-943-0754</t>
   </si>
   <si>
     <t>katyab33@yahoo.com</t>
   </si>
   <si>
     <t>13112 Diamond Ridge Ct
 St. Louis, MO  63131</t>
   </si>
   <si>
+    <t>Abram, Larry</t>
+  </si>
+  <si>
+    <t>M</t>
+  </si>
+  <si>
+    <t>314-420-9499</t>
+  </si>
+  <si>
+    <t>abramstl@swbell.net</t>
+  </si>
+  <si>
+    <t>13293 Gateroyal Dr
+St. Louis, MO  63131</t>
+  </si>
+  <si>
+    <t>Abram, Lisa</t>
+  </si>
+  <si>
+    <t>314-800-8750</t>
+  </si>
+  <si>
+    <t>lisabram@gmail.com</t>
+  </si>
+  <si>
+    <t>13293 Gateroyal
+St. Louis, MO  63131</t>
+  </si>
+  <si>
     <t>Alcott, Thetis</t>
   </si>
   <si>
     <t>314-378-5024</t>
   </si>
   <si>
-    <t>thetis@luluthia.com</t>
+    <t>talcott2004@gmail.com</t>
   </si>
   <si>
     <t>968 Burgundy Lane
 Ellisville, MO  63011</t>
   </si>
   <si>
     <t>Amann, Michael</t>
   </si>
   <si>
-    <t>M</t>
-[...1 lines deleted...]
-  <si>
     <t>314-276-2336</t>
   </si>
   <si>
     <t>amannholdings@gmail.com</t>
   </si>
   <si>
     <t>1957 Karlin Dr
 St. Louis, MO  63131</t>
   </si>
   <si>
     <t>Anderson, David</t>
   </si>
   <si>
     <t>314-394-1017</t>
   </si>
   <si>
     <t>314-346-2080</t>
   </si>
   <si>
     <t>dmandrsn@hotmail.com</t>
   </si>
   <si>
     <t>521 Taylor Young Dr.
 Kirkwood, MO  63122</t>
   </si>
   <si>
     <t>Anderson, Karen</t>
   </si>
   <si>
     <t>314-280-2306</t>
   </si>
   <si>
     <t>klfree618@gmail.com</t>
   </si>
   <si>
     <t>12836 Stump
 St. Louis, MO  63131</t>
   </si>
   <si>
     <t>Andrew, Christa</t>
   </si>
   <si>
     <t>314-821-2182</t>
   </si>
   <si>
     <t>314-603-7986</t>
   </si>
   <si>
-    <t>christa.andrew@bunge.com</t>
+    <t>christaandrew85@gmail.com</t>
   </si>
   <si>
     <t>13108 Dougherty Ridge Ct.
 St. Louis, MO  63131</t>
   </si>
   <si>
     <t>Andrew, Paul</t>
   </si>
   <si>
     <t>pcspandrew@sbcglobal.net</t>
   </si>
   <si>
     <t>13108 Dougherty Ridge Ct
 St. Louis, MO  63131</t>
   </si>
   <si>
     <t>Auberry, Barbara</t>
   </si>
   <si>
     <t>314-965-7318</t>
   </si>
   <si>
     <t>314-497-5120</t>
   </si>
   <si>
@@ -178,64 +204,61 @@
     <t>Axmacher, Barbara</t>
   </si>
   <si>
     <t>314-835-9545</t>
   </si>
   <si>
     <t>314-277-7244</t>
   </si>
   <si>
     <t>baaxmacher@sbcglobal.net</t>
   </si>
   <si>
     <t>1101 Dougherty Ferry Rd
 Kirkwood, MO  63122</t>
   </si>
   <si>
     <t>Axmacher, Steve</t>
   </si>
   <si>
     <t>314-277-9553</t>
   </si>
   <si>
     <t>saxmacher@schtre.com</t>
   </si>
   <si>
-    <t>Baldridge, Patricia</t>
-[...12 lines deleted...]
-Kirkwood, MO  63122</t>
+    <t>Bander, Pat</t>
+  </si>
+  <si>
+    <t>314-705-2467</t>
+  </si>
+  <si>
+    <t>pbander@swbell.net</t>
+  </si>
+  <si>
+    <t>12909 Des Peres Woods Dr.
+St. Louis, MO  63131</t>
   </si>
   <si>
     <t>Barringhaus, Anne</t>
   </si>
   <si>
     <t>314-965-1516</t>
   </si>
   <si>
     <t>barringhaus1@sbcglobal.net</t>
   </si>
   <si>
     <t>2530 Barrett springs Dr
 Ballwin, MO  63021</t>
   </si>
   <si>
     <t>Barringhaus, Dave</t>
   </si>
   <si>
     <t>314-422-4698</t>
   </si>
   <si>
     <t>barringhausd@gmail.com</t>
   </si>
   <si>
     <t>2530 Barrett Springs Dr.
@@ -275,323 +298,356 @@
   </si>
   <si>
     <t>314-540-2362</t>
   </si>
   <si>
     <t>mbath1@gmail.com</t>
   </si>
   <si>
     <t>980 Big Bend Station Rd
 Valley Park, MO  63088</t>
   </si>
   <si>
     <t>Bauman, Dan</t>
   </si>
   <si>
     <t>314-488-3100</t>
   </si>
   <si>
     <t>dan@northbranchcap.com</t>
   </si>
   <si>
     <t>13319 Kenroyal Dr
 St. Louis, MO  63131</t>
   </si>
   <si>
-    <t>Bauman, Gina</t>
-[...11 lines deleted...]
-  <si>
     <t>Becker, Susan</t>
   </si>
   <si>
     <t>314-566-2819</t>
   </si>
   <si>
-    <t>sbecker1968@yahoo.com</t>
+    <t>msbecker@sbcglobal.net</t>
   </si>
   <si>
     <t>625 Wyndham Crossings
 St. Louis, MO  63131</t>
   </si>
   <si>
     <t>Bellamy, Todd</t>
   </si>
   <si>
     <t>314-799-5253</t>
   </si>
   <si>
     <t>toddbellamy@gmail.com</t>
   </si>
   <si>
     <t>2477 Clarjon Dr
 Ballwin, MO  63021</t>
   </si>
   <si>
+    <t>Bengard, Greg</t>
+  </si>
+  <si>
+    <t>314-825-4314</t>
+  </si>
+  <si>
+    <t>gregbengard@gmail.com</t>
+  </si>
+  <si>
+    <t>820 Dunraven Drive
+Ballwin, MO  63021</t>
+  </si>
+  <si>
+    <t>Bergmann, Kim</t>
+  </si>
+  <si>
+    <t>618-910-2639</t>
+  </si>
+  <si>
+    <t>kimannberg2016@gmail.com</t>
+  </si>
+  <si>
+    <t>451 Longfellow Ave
+Kirkwood, MO  63122</t>
+  </si>
+  <si>
+    <t>Bickhaus, Chris</t>
+  </si>
+  <si>
+    <t>314-304-4107</t>
+  </si>
+  <si>
+    <t>bickcom@bickhaus.net</t>
+  </si>
+  <si>
+    <t>649 Dougherty Terrace Dr
+Ballwin, MO  63021</t>
+  </si>
+  <si>
     <t>Billhartz, Libby</t>
   </si>
   <si>
     <t>636-236-5212</t>
   </si>
   <si>
     <t>billhartz4@att.net</t>
   </si>
   <si>
     <t>714 Carmen Meadows Dr
 Ballwin, MO  63021</t>
   </si>
   <si>
     <t>Bisch, Cathe</t>
   </si>
   <si>
     <t>314-821-6212</t>
   </si>
   <si>
     <t>314-302-2605</t>
   </si>
   <si>
-    <t>cmbisch@aol.com</t>
+    <t>cathe.bisch@gmail.com</t>
   </si>
   <si>
     <t>355 Peeke Avenue
 Kirkwood, MO  63122</t>
   </si>
   <si>
     <t>Bisch, Mike</t>
   </si>
   <si>
     <t>314-488-8826</t>
   </si>
   <si>
     <t>schmikeee@sbcglobal.net</t>
   </si>
   <si>
     <t>355 Peeke Ave
 Kirkwood, MO  63122</t>
   </si>
   <si>
     <t>Bitney, Abby</t>
   </si>
   <si>
     <t>314-835-0987</t>
   </si>
   <si>
     <t>314-608-2596</t>
   </si>
   <si>
     <t>abbyg280@sbcglobal.net</t>
   </si>
   <si>
     <t>1038 Brownell Ave.
 Kirkwood, MO  63122</t>
   </si>
   <si>
-    <t>Bitney, Susan</t>
-[...14 lines deleted...]
-  <si>
     <t>Blood, Chris</t>
   </si>
   <si>
     <t>314-821-0801</t>
   </si>
   <si>
     <t>314-973-9195</t>
   </si>
   <si>
-    <t>Christine@charlesmeyerins.com</t>
+    <t>cmblood@gmail.com</t>
   </si>
   <si>
     <t>532 Winding Trail Ln
 St. Louis, MO  63131</t>
   </si>
   <si>
     <t>Blood, Tom</t>
   </si>
   <si>
     <t>314-973-9197</t>
   </si>
   <si>
     <t>tom@bloodlinescreative.com</t>
   </si>
   <si>
     <t>532 Winding Trail Ln.
 St. Louis, MO  63131</t>
   </si>
   <si>
     <t>Bosaw, Georgene</t>
   </si>
   <si>
     <t>314-822-4879</t>
   </si>
   <si>
     <t>314-570-7130</t>
   </si>
   <si>
     <t>gbosaw@att.net</t>
   </si>
   <si>
     <t>12205 Roger Lane
 St. Louis, MO  63131</t>
   </si>
   <si>
+    <t>Breville, Cheryl</t>
+  </si>
+  <si>
+    <t>636-253-6074</t>
+  </si>
+  <si>
+    <t>cbreville@usa.com</t>
+  </si>
+  <si>
+    <t>3410 Country Stone Manor Dr., Unit E
+Valley Park, MO  63088</t>
+  </si>
+  <si>
     <t>Brown, Steve</t>
   </si>
   <si>
     <t>314-808-2337</t>
   </si>
   <si>
     <t>sbrown@frankleta.com</t>
   </si>
   <si>
     <t>342 W. Washington Ave
 Kirkwood, MO  63122</t>
   </si>
   <si>
     <t>Brunner, Bob</t>
   </si>
   <si>
     <t>314-614-0113</t>
   </si>
   <si>
     <t>bbrunstl@gmail.com</t>
   </si>
   <si>
     <t>639 Loehr Estates Dr
 Ballwin, MO  63021</t>
   </si>
   <si>
     <t>Bruns, Margaret</t>
   </si>
   <si>
     <t>314-221-0842</t>
   </si>
   <si>
     <t>margaret.bruns@gmail.com</t>
   </si>
   <si>
     <t>2134 Pardoroyal Dr
 St. Louis, MO  63131</t>
   </si>
   <si>
+    <t>Bryan, Joyce</t>
+  </si>
+  <si>
+    <t>314-226-8805</t>
+  </si>
+  <si>
+    <t>joyce-bryan@att.net</t>
+  </si>
+  <si>
+    <t>12415 Ballas Trails Drive
+Kirkwood, MO  63122</t>
+  </si>
+  <si>
     <t>Bucher, Chris</t>
   </si>
   <si>
     <t>314-605-5380</t>
   </si>
   <si>
     <t>chris_bucher@mastercard.com</t>
   </si>
   <si>
     <t>918 Hanna Valley Estates Dr.
 Ballwin, MO  63021</t>
   </si>
   <si>
+    <t>Buettner, Abigail</t>
+  </si>
+  <si>
+    <t>314-397-6968</t>
+  </si>
+  <si>
+    <t>abbap724@gmail.com</t>
+  </si>
+  <si>
+    <t>1216 Pembroke Drive
+Webster Groves, MO  63119</t>
+  </si>
+  <si>
     <t>Carey, John</t>
   </si>
   <si>
     <t>314-822-9257</t>
   </si>
   <si>
     <t>1935 Dougherty Ferry
 Kirkwood, MO  63122</t>
   </si>
   <si>
-    <t>Cary, Maureen (Mo)</t>
-[...14 lines deleted...]
-  <si>
     <t>Cavage, Cheri</t>
   </si>
   <si>
     <t>314-910-2239</t>
   </si>
   <si>
     <t>chericavage@gmail.com</t>
   </si>
   <si>
     <t>3500 Georgetowne Village Dr
 Valley Park, MO  63088</t>
   </si>
   <si>
     <t>Cavage, Rich</t>
   </si>
   <si>
     <t>314-724-2759</t>
   </si>
   <si>
     <t>richcavage@gmail.com</t>
   </si>
   <si>
     <t>3500 Georgetowne Village Drive
 Valley Park, MO  63088</t>
   </si>
   <si>
-    <t>Charow, Shirley</t>
-[...9 lines deleted...]
-Valley Park, MO  63088</t>
+    <t>Chapo, Chrissy</t>
+  </si>
+  <si>
+    <t>314-574-2488</t>
+  </si>
+  <si>
+    <t>ckchapo@yahoo.com</t>
+  </si>
+  <si>
+    <t>821 Twin Pine Dr
+Kirkwood, MO  63122</t>
   </si>
   <si>
     <t>Cherniawski, George</t>
   </si>
   <si>
     <t>314-255-3613</t>
   </si>
   <si>
     <t>gcherniawski@charter.net</t>
   </si>
   <si>
     <t>12 Topping Lane
 St. Louis, MO  63131</t>
   </si>
   <si>
     <t>Clayton, Charles</t>
   </si>
   <si>
     <t>314-965-3538</t>
   </si>
   <si>
     <t>314-683-7805</t>
   </si>
   <si>
     <t>chclayton@earthlink.net</t>
@@ -647,63 +703,50 @@
   </si>
   <si>
     <t>314-480-2371</t>
   </si>
   <si>
     <t>con2306@aol.com</t>
   </si>
   <si>
     <t>53 Hawthorne Estates
 St. Louis, MO  63131</t>
   </si>
   <si>
     <t>Cook, George</t>
   </si>
   <si>
     <t>314-822-7504</t>
   </si>
   <si>
     <t>gpcook@charter.net</t>
   </si>
   <si>
     <t>12339 Conway Rd
 Creve Coeur, MO  63141</t>
   </si>
   <si>
-    <t>Cooney, Denise</t>
-[...11 lines deleted...]
-  <si>
     <t>Costello, Steve</t>
   </si>
   <si>
     <t>847-305-0896</t>
   </si>
   <si>
     <t>sj.costello@icloud.com</t>
   </si>
   <si>
     <t>2031 Brookcreek Ln.
 Kirkwood, MO  63122</t>
   </si>
   <si>
     <t>Court, Bruce</t>
   </si>
   <si>
     <t>636-230-9858</t>
   </si>
   <si>
     <t>636-234-4614</t>
   </si>
   <si>
     <t>bcourtstl@charter.net</t>
   </si>
   <si>
@@ -743,201 +786,253 @@
   </si>
   <si>
     <t>314-600-4479</t>
   </si>
   <si>
     <t>bcross@chanllc.com</t>
   </si>
   <si>
     <t>12201 Brook Springs Ct.
 Kirkwood, MO  63122</t>
   </si>
   <si>
     <t>Cross, Bob</t>
   </si>
   <si>
     <t>618-334-4659</t>
   </si>
   <si>
     <t>rlcross@charter.net</t>
   </si>
   <si>
     <t>2620 Lauren Lake Dr.
 Belleville, IL  62221</t>
   </si>
   <si>
+    <t>Cross, Caroline</t>
+  </si>
+  <si>
+    <t>314-609-4249</t>
+  </si>
+  <si>
+    <t>cupcakecwc@gmail.com</t>
+  </si>
+  <si>
+    <t>12201 Brook Springs Ct
+Kirkwood, MO  63122</t>
+  </si>
+  <si>
     <t>Cross, Julie</t>
   </si>
   <si>
     <t>314-520-3951</t>
   </si>
   <si>
-    <t>juliecross@charter.net</t>
+    <t>crosspartyof6@gmail.com</t>
   </si>
   <si>
     <t>Cross, Susan</t>
   </si>
   <si>
     <t>314-485-8234</t>
   </si>
   <si>
     <t>618-334-3572</t>
   </si>
   <si>
-    <t>skcross@charter.net</t>
+    <t>skcross9211@gmail.com</t>
   </si>
   <si>
     <t>311 Morristown Court
 Chesterfield, MO  63017</t>
   </si>
   <si>
     <t>Cusumano, Erin</t>
   </si>
   <si>
     <t>314-368-0609</t>
   </si>
   <si>
-    <t>erincusumano@ymail.com</t>
+    <t>erincusumano@gmail.com</t>
   </si>
   <si>
     <t>1713 Derrynane Dr
 Ballwin, MO  63021</t>
   </si>
   <si>
     <t>Cusumano, Sal</t>
   </si>
   <si>
     <t>314-221-5659</t>
   </si>
   <si>
     <t>lamis98@gmail.com</t>
   </si>
   <si>
+    <t>Darpel, Katey</t>
+  </si>
+  <si>
+    <t>314-374-3800</t>
+  </si>
+  <si>
+    <t>kcdarpel@gmail.com</t>
+  </si>
+  <si>
+    <t>624 W. Washington Ave.
+Kirkwood, MO  63122</t>
+  </si>
+  <si>
     <t>Davis, Bob</t>
   </si>
   <si>
     <t>314-853-5635</t>
   </si>
   <si>
     <t>hummerbobsanibel@gmail.com</t>
   </si>
   <si>
     <t>819 Minarca Dr.
 St. Louis, MO  63131</t>
   </si>
   <si>
-    <t>Davis, Sandra</t>
-[...9 lines deleted...]
-St. Louis, MO  63131</t>
+    <t>Dean, Bill</t>
+  </si>
+  <si>
+    <t>314-575-9264</t>
+  </si>
+  <si>
+    <t>wgdean@sbcglobal.net</t>
+  </si>
+  <si>
+    <t>1851 Dougherty Estates Dr
+Ballwin, MO  63021</t>
   </si>
   <si>
     <t>Desits, Jeff</t>
   </si>
   <si>
     <t>314-614-1297</t>
   </si>
   <si>
     <t>Jeff.desits@bunzlusa.com</t>
   </si>
   <si>
     <t>11 Portland Dr
 St. Louis, MO  63131</t>
   </si>
   <si>
     <t>Desits, Mary</t>
   </si>
   <si>
     <t>314-965-3534</t>
   </si>
   <si>
     <t>314-420-0384</t>
   </si>
   <si>
     <t>megdesits@aol.com</t>
   </si>
   <si>
     <t>1443 Craig Dr
 Kirkwood, MO  63122</t>
   </si>
   <si>
+    <t>DiCarlo, Peggy</t>
+  </si>
+  <si>
+    <t>314-609-5667</t>
+  </si>
+  <si>
+    <t>peggydicarlo@me.com</t>
+  </si>
+  <si>
+    <t>3056 Arbor Station Court
+Ballwin, MO  63021</t>
+  </si>
+  <si>
     <t>Dietrich, April</t>
   </si>
   <si>
     <t>314-965-7031</t>
   </si>
   <si>
     <t>314-956-0163</t>
   </si>
   <si>
     <t>apriledietrich@gmail.com</t>
   </si>
   <si>
     <t>13197 Huntercreek
 St. Louis, MO  63131</t>
   </si>
   <si>
     <t>Docter, Dave</t>
   </si>
   <si>
     <t>314-276-9964</t>
   </si>
   <si>
     <t>daviddocter964@gmail.com</t>
   </si>
   <si>
     <t>1113 Whitecliff Dr
 Kirkwood, MO  63122</t>
   </si>
   <si>
+    <t>Doerr, Lisa</t>
+  </si>
+  <si>
+    <t>314-276-1300</t>
+  </si>
+  <si>
+    <t>lisa@doerrs.org</t>
+  </si>
+  <si>
+    <t>840 Mallard Woods Drive
+Ballwin, MO  63021</t>
+  </si>
+  <si>
     <t>Dolan, Deacon Tim</t>
   </si>
   <si>
     <t>636-391-6908</t>
   </si>
   <si>
     <t>tckadolan@charter.net</t>
   </si>
   <si>
     <t>740 Memoir Ln
 Ballwin, MO  63021</t>
   </si>
   <si>
     <t>Dolan, Kathy</t>
   </si>
   <si>
     <t>314-540-7348</t>
   </si>
   <si>
-    <t>kathydolan1234@yahoo.com</t>
+    <t>kathydolan99@gmail.com</t>
   </si>
   <si>
     <t>828 White Rock
 St. Louis, MO  63131</t>
   </si>
   <si>
     <t>Dolan, Kelly</t>
   </si>
   <si>
     <t>314-308-7180</t>
   </si>
   <si>
     <t>kel4981@hotmail.com</t>
   </si>
   <si>
     <t>847 Stone Canyon Dr
 Ballwin, MO  63021</t>
   </si>
   <si>
     <t>Dolan, Tim</t>
   </si>
   <si>
     <t>314-304-8859</t>
   </si>
   <si>
@@ -1012,51 +1107,51 @@
 St. Louis, MO  63131</t>
   </si>
   <si>
     <t>Eilermann, Ann</t>
   </si>
   <si>
     <t>314-698-2035</t>
   </si>
   <si>
     <t>314-537-2078</t>
   </si>
   <si>
     <t>anneilermann@hotmail.com</t>
   </si>
   <si>
     <t>1802 Lynkirk Ln.
 Kirkwood, MO  63122</t>
   </si>
   <si>
     <t>Eilermann, Rob</t>
   </si>
   <si>
     <t>314-575-6983</t>
   </si>
   <si>
-    <t>reilermann@level9hvac.com</t>
+    <t>eilermann71@gmail.com</t>
   </si>
   <si>
     <t>1802 Lynkirk Ln
 Kirkwood, MO  63122</t>
   </si>
   <si>
     <t>Espe, Jessica</t>
   </si>
   <si>
     <t>314-909-1013</t>
   </si>
   <si>
     <t>314-397-0440</t>
   </si>
   <si>
     <t>jessicaespe@gmail.com</t>
   </si>
   <si>
     <t>604 Westledge Court
 St. Louis, MO  63131</t>
   </si>
   <si>
     <t>Essma, Ray</t>
   </si>
   <si>
@@ -1064,124 +1159,95 @@
   </si>
   <si>
     <t>essmarj@sbcglobal.net</t>
   </si>
   <si>
     <t>1924 Dougherty Ferry Rd
 Kirkwood, MO  63122</t>
   </si>
   <si>
     <t>Farroll, Melissa</t>
   </si>
   <si>
     <t>636-386-8353</t>
   </si>
   <si>
     <t>314-580-1233</t>
   </si>
   <si>
     <t>farrollclan@gmail.com</t>
   </si>
   <si>
     <t>759 Galway Drive
 Ballwin, MO  63021</t>
   </si>
   <si>
-    <t>Fechner, Kip</t>
-[...27 lines deleted...]
-  <si>
     <t>Feltz, Alice</t>
   </si>
   <si>
     <t>314-822-1527</t>
   </si>
   <si>
     <t>314-225-7961</t>
   </si>
   <si>
-    <t>afeltz2374@sbcglobal.net</t>
+    <t>alicefeltz42@gmail.com</t>
   </si>
   <si>
     <t>2374 Camberwell Dr.
 St. Louis, MO  63131</t>
   </si>
   <si>
     <t>Feltz, Roger</t>
   </si>
   <si>
     <t>314-620-1463</t>
   </si>
   <si>
-    <t>rfeltz2374@sbcglobal.net</t>
+    <t>rogerfeltz41@gmail.com</t>
   </si>
   <si>
     <t>Foshage, Dave</t>
   </si>
   <si>
     <t>314-308-6071</t>
   </si>
   <si>
     <t>dfoshage@charter.net</t>
   </si>
   <si>
     <t>1738 Carman Ridge Ct
 St. Louis, MO  63131</t>
   </si>
   <si>
     <t>Foshage, Liz</t>
   </si>
   <si>
     <t>314-616-0354</t>
   </si>
   <si>
-    <t>lfoshage@ascension.org</t>
+    <t>lizfoshage@gmail.com</t>
   </si>
   <si>
     <t>1738 Carman Ridge Court
 Ballwin, MO  63021</t>
   </si>
   <si>
     <t>Francis, Katie</t>
   </si>
   <si>
     <t>314-394-1540</t>
   </si>
   <si>
     <t>314-605-7555</t>
   </si>
   <si>
     <t>katiefrancis77@gmail.com</t>
   </si>
   <si>
     <t>653 Wyndham Crossing Cr
 St. Louis, MO  63131</t>
   </si>
   <si>
     <t>Frein, Barb</t>
   </si>
   <si>
@@ -1201,63 +1267,102 @@
     <t>Frein, Steve</t>
   </si>
   <si>
     <t>315-965-3407</t>
   </si>
   <si>
     <t>steve.frein@gmail.com</t>
   </si>
   <si>
     <t>Frey, Steve</t>
   </si>
   <si>
     <t>314-966-2958</t>
   </si>
   <si>
     <t>314-629-3739</t>
   </si>
   <si>
     <t>freylowercase@aol.com</t>
   </si>
   <si>
     <t>2 Doubletree Ln
 St. Louis, MO  63131</t>
   </si>
   <si>
+    <t>Geis, Jeanice</t>
+  </si>
+  <si>
+    <t>314-398-7557</t>
+  </si>
+  <si>
+    <t>jg.artwork@yahoo.com</t>
+  </si>
+  <si>
+    <t>325 Lauren Estates Court
+Valley Park, MO  63088</t>
+  </si>
+  <si>
+    <t>Gielow, Ryan</t>
+  </si>
+  <si>
+    <t>618-593-3787</t>
+  </si>
+  <si>
+    <t>rgielow@hotmail.com</t>
+  </si>
+  <si>
+    <t>929 Kiefer Trails Dr 
+Ballwin, MO  63021</t>
+  </si>
+  <si>
     <t>Gielow, Shannon</t>
   </si>
   <si>
     <t>314-606-4799</t>
   </si>
   <si>
     <t>shannon.stemm@gmail.com</t>
   </si>
   <si>
     <t>929 Kiefer Trails Drive
 Ballwin, MO  63021</t>
   </si>
   <si>
+    <t>Gilmore, Cathy</t>
+  </si>
+  <si>
+    <t>636-391-3999</t>
+  </si>
+  <si>
+    <t>cgilmorevirtue@gmail.com</t>
+  </si>
+  <si>
+    <t>1118 Arbor Place
+Valley Park, MO  63088</t>
+  </si>
+  <si>
     <t>Glunt, Jan</t>
   </si>
   <si>
     <t>314-966-6629</t>
   </si>
   <si>
     <t>314-303-4644</t>
   </si>
   <si>
     <t>janiceglunt@aol.com</t>
   </si>
   <si>
     <t>1639 Forest Ave.
 St. Louis, MO  63131</t>
   </si>
   <si>
     <t>Glynias, Whitney</t>
   </si>
   <si>
     <t>314-966-0612</t>
   </si>
   <si>
     <t>314-277-9570</t>
   </si>
   <si>
@@ -1310,92 +1415,118 @@
 St. Louis, MO  63110</t>
   </si>
   <si>
     <t>Green, Mark</t>
   </si>
   <si>
     <t>314-479-2835</t>
   </si>
   <si>
     <t>markgreen73@gmail.com</t>
   </si>
   <si>
     <t>825 Minarca Dr.
 St. Louis, MO  63131</t>
   </si>
   <si>
     <t>Grigone, Lynn</t>
   </si>
   <si>
     <t>314-835-1501</t>
   </si>
   <si>
     <t>314-471-8642</t>
   </si>
   <si>
-    <t>lgrigone@charter.net</t>
+    <t>lgrigone@gmail.com</t>
   </si>
   <si>
     <t>1805 Cheswick Place
 Kirkwood, MO  63122</t>
   </si>
   <si>
     <t>Grigone, Steve</t>
   </si>
   <si>
     <t>314-221-5049</t>
   </si>
   <si>
     <t>sgrigone@parksidepath.com</t>
   </si>
   <si>
     <t>1805 Cheswick Pl
 Kirkwood, MO  63122</t>
   </si>
   <si>
+    <t>Groner, Troy</t>
+  </si>
+  <si>
+    <t>314-807-0390</t>
+  </si>
+  <si>
+    <t>wyattstg@gmail.com</t>
+  </si>
+  <si>
+    <t>525 East Jefferson Ave
+Kirkwood, MO  63122</t>
+  </si>
+  <si>
     <t>Gummersheimer, Michael</t>
   </si>
   <si>
     <t>314-443-8122</t>
   </si>
   <si>
     <t>MichaelGummersheimer@gmail.com</t>
   </si>
   <si>
     <t>13061 Winding Trail Ln
 St. Louis, MO  63131</t>
   </si>
   <si>
     <t>Gummersheimer, Stephanie</t>
   </si>
   <si>
     <t>314-440-4156</t>
   </si>
   <si>
     <t>sgummershy@gmail.com</t>
   </si>
   <si>
+    <t>Haluska, Kevin</t>
+  </si>
+  <si>
+    <t>404-309-0282</t>
+  </si>
+  <si>
+    <t>k.haluska@gmail.com</t>
+  </si>
+  <si>
+    <t>777 Carman Meadows Drive
+Ballwin, MO  63021</t>
+  </si>
+  <si>
     <t>Haluska, Therese</t>
   </si>
   <si>
     <t>615-500-0757</t>
   </si>
   <si>
     <t>therese.haluska@gmail.com</t>
   </si>
   <si>
     <t>11708 Big Bend Road
 Kirkwood, MO  63122</t>
   </si>
   <si>
     <t>Hardin, Maureen</t>
   </si>
   <si>
     <t>314-406-1927</t>
   </si>
   <si>
     <t>crrt_tp@yahoo.com</t>
   </si>
   <si>
     <t>934 Blasé Ave.
 St. Louis, MO  63131</t>
   </si>
@@ -1449,50 +1580,85 @@
   </si>
   <si>
     <t>314-296-7376</t>
   </si>
   <si>
     <t>nathan.harris@mercy.net</t>
   </si>
   <si>
     <t>1640 Carman Manor Ct
 Ballwin, MO  63021</t>
   </si>
   <si>
     <t>Harris, Sarah</t>
   </si>
   <si>
     <t>314-308-1815</t>
   </si>
   <si>
     <t>Sarah.e.harris@live.com</t>
   </si>
   <si>
     <t>731 Carman Meadows Dr
 Ballwin, MO  63021</t>
   </si>
   <si>
+    <t>Hathcock, Acea</t>
+  </si>
+  <si>
+    <t>918-720-7546</t>
+  </si>
+  <si>
+    <t>hathcock.acea@gmail.com</t>
+  </si>
+  <si>
+    <t>919 Devereaux
+St. Louis, MO  63131</t>
+  </si>
+  <si>
+    <t>Hathcock, Ellie</t>
+  </si>
+  <si>
+    <t>314-225-5223</t>
+  </si>
+  <si>
+    <t>ellieborje@gmail.com</t>
+  </si>
+  <si>
+    <t>Haudrich, Christina</t>
+  </si>
+  <si>
+    <t>314-225-7762</t>
+  </si>
+  <si>
+    <t>christinahaudrich@yahoo.com</t>
+  </si>
+  <si>
+    <t>12006 Manhattan Place
+St. Louis, MO  63131</t>
+  </si>
+  <si>
     <t>Haywood, Mike</t>
   </si>
   <si>
     <t>314-750-8772</t>
   </si>
   <si>
     <t>haywood1226@gmail.com</t>
   </si>
   <si>
     <t>3044 Arbor Station Court
 Ballwin, MO  63021</t>
   </si>
   <si>
     <t>Haywood, Susie</t>
   </si>
   <si>
     <t>314-330-8415</t>
   </si>
   <si>
     <t>sushaywood@cs.com</t>
   </si>
   <si>
     <t>3044 Arbor Station
 Ballwin, MO  63021</t>
   </si>
@@ -1559,63 +1725,50 @@
   </si>
   <si>
     <t>314-239-2506</t>
   </si>
   <si>
     <t>eileen.hedrick@marthashands.com</t>
   </si>
   <si>
     <t>694 Trailcrest Ct.
 Kirkwood, MO  63122</t>
   </si>
   <si>
     <t>Hedrick, John</t>
   </si>
   <si>
     <t>314-239-2509</t>
   </si>
   <si>
     <t>john.hedrick@marthashands.com</t>
   </si>
   <si>
     <t>694 Trailcrest Ct
 Kirkwood, MO  63122</t>
   </si>
   <si>
-    <t>Held, Susie</t>
-[...11 lines deleted...]
-  <si>
     <t>Helgeson, Alison</t>
   </si>
   <si>
     <t>314-630-4972</t>
   </si>
   <si>
     <t>alisonsimeone@hotmail.com</t>
   </si>
   <si>
     <t>818 Carman Oaks Ct
 Ballwin, MO  63021</t>
   </si>
   <si>
     <t>Helgeson, Michael</t>
   </si>
   <si>
     <t>812-219-9343</t>
   </si>
   <si>
     <t>michael.helgeson@hotmail.com</t>
   </si>
   <si>
     <t>818 Carman Oaks Ct.
 Ballwin, MO  63021</t>
   </si>
@@ -1705,50 +1858,63 @@
   </si>
   <si>
     <t>314-324-4070</t>
   </si>
   <si>
     <t>rhoman777@sbcglobal.net</t>
   </si>
   <si>
     <t>827 Plymouth Rock Dr
 St. Louis, MO  63131</t>
   </si>
   <si>
     <t>Hoover, Bernie</t>
   </si>
   <si>
     <t>314-223-2315</t>
   </si>
   <si>
     <t>bernardhoover856@yahoo.com</t>
   </si>
   <si>
     <t>1327 Dietrich Oaks Dr
 Ballwin, MO  63021</t>
   </si>
   <si>
+    <t>Hotfelder, Bev</t>
+  </si>
+  <si>
+    <t>314-568-8767</t>
+  </si>
+  <si>
+    <t>bevhots@sbcglobal.net</t>
+  </si>
+  <si>
+    <t>712 Shallowford Dr.
+Ballwin, MO  63021</t>
+  </si>
+  <si>
     <t>Huber, Andrew</t>
   </si>
   <si>
     <t>314-909-5603</t>
   </si>
   <si>
     <t>314-239-2507</t>
   </si>
   <si>
     <t>andrew.huber@marthashands.com</t>
   </si>
   <si>
     <t>13164 Dougherty Ridge Ct
 St. Louis, MO  63131</t>
   </si>
   <si>
     <t>Huber, Denise</t>
   </si>
   <si>
     <t>314-302-8397</t>
   </si>
   <si>
     <t>denise.huber@marthashands.com</t>
   </si>
   <si>
@@ -1785,102 +1951,131 @@
   </si>
   <si>
     <t>314-795-0870</t>
   </si>
   <si>
     <t>stephen.hussey@att.net</t>
   </si>
   <si>
     <t>2141 Apple Hill Lane
 Kirkwood, MO  63122</t>
   </si>
   <si>
     <t>Iggens, Kathleen</t>
   </si>
   <si>
     <t>314-821-8956</t>
   </si>
   <si>
     <t>katiggens48@gmail.com</t>
   </si>
   <si>
     <t>970 Kinsale Dr.
 Ballwin, MO  63021</t>
   </si>
   <si>
+    <t>Jacoby, Jessica</t>
+  </si>
+  <si>
+    <t>314-960-3357</t>
+  </si>
+  <si>
+    <t>jessmjacoby@gmail.com</t>
+  </si>
+  <si>
+    <t>1220 Dornewood Pl
+Ballwin, MO  63021</t>
+  </si>
+  <si>
+    <t>Johns, Dustin</t>
+  </si>
+  <si>
+    <t>971-276-1376</t>
+  </si>
+  <si>
+    <t>dustinjohns@kenrick.edu</t>
+  </si>
+  <si>
+    <t>406 Symphony Hill Court
+Kirkwood, MO  63122</t>
+  </si>
+  <si>
     <t>Johnson, Amy</t>
-  </si>
-[...8 lines deleted...]
-Ballwin, MO  63021</t>
   </si>
   <si>
     <t>314-477-7690</t>
   </si>
   <si>
     <t>amyjohnson3333@gmail.com</t>
   </si>
   <si>
     <t>13318 Kenroyal Drive
 St. Louis, MO  63131</t>
   </si>
   <si>
     <t>Johnson, Jeffrey</t>
   </si>
   <si>
     <t>314-822-4030</t>
   </si>
   <si>
     <t>314-479-7713</t>
   </si>
   <si>
     <t>johnsonjb4537@gmail.com</t>
   </si>
   <si>
     <t>13318 Kenroyal Dr.
 St. Louis, MO  63131</t>
   </si>
   <si>
     <t>Jones, Chris</t>
   </si>
   <si>
     <t>314-713-2399</t>
   </si>
   <si>
     <t>chris@saintlouisroofing.com</t>
   </si>
   <si>
     <t>13100 Barrett Circle Ct.
 Ballwin, MO  63021</t>
   </si>
   <si>
+    <t>Kaiser, Mary</t>
+  </si>
+  <si>
+    <t>636-346-6697</t>
+  </si>
+  <si>
+    <t>mary.kaiser@gmail.com</t>
+  </si>
+  <si>
+    <t>1866 Ridgeview Circle Drive
+Ballwin, MO  63021</t>
+  </si>
+  <si>
     <t>Karsten, Jackie</t>
   </si>
   <si>
     <t>314-488-0800</t>
   </si>
   <si>
     <t>jacquelinekarsten@gmail.com</t>
   </si>
   <si>
     <t>13140 Tablerock Dr.
 Kirkwood, MO  63122</t>
   </si>
   <si>
     <t>Kellogg, Sally</t>
   </si>
   <si>
     <t>314-966-2129</t>
   </si>
   <si>
     <t>314-496-3474</t>
   </si>
   <si>
     <t>sk-kellogg@sbcglobal.net</t>
   </si>
   <si>
@@ -1908,64 +2103,61 @@
   </si>
   <si>
     <t>314-504-8717</t>
   </si>
   <si>
     <t>marykempa2@gmail.com</t>
   </si>
   <si>
     <t>12864Crab Rhicket
 St. Louis, MO  63131</t>
   </si>
   <si>
     <t>Kendrick, Tim</t>
   </si>
   <si>
     <t>636-386-5178</t>
   </si>
   <si>
     <t>Tim.kendrick@rubinbrown.com</t>
   </si>
   <si>
     <t>1454 dietrich oaks Dr
 Ballwin, MO  63021</t>
   </si>
   <si>
-    <t>Kiburz, Nancy</t>
-[...12 lines deleted...]
-Kirkwood, MO  63122</t>
+    <t>Kent, Pat</t>
+  </si>
+  <si>
+    <t>314-609-3663</t>
+  </si>
+  <si>
+    <t>pkflowers@sbcglobal.net</t>
+  </si>
+  <si>
+    <t>1743 Blakefield Court
+Ballwin, MO  63021</t>
   </si>
   <si>
     <t>Klasek, Charlie</t>
   </si>
   <si>
     <t>314-359-2214</t>
   </si>
   <si>
     <t>cklasek@stochasticmkt.com</t>
   </si>
   <si>
     <t>12807 Sarala Pl
 St. Louis, MO  63131</t>
   </si>
   <si>
     <t>Klotz, Ray</t>
   </si>
   <si>
     <t>314-779-7143</t>
   </si>
   <si>
     <t>raymondklotz@gmail.com</t>
   </si>
   <si>
     <t>280 Arbor Place Ln
@@ -1992,252 +2184,256 @@
   </si>
   <si>
     <t>314-489-4747</t>
   </si>
   <si>
     <t>jkramer614@gmail.com</t>
   </si>
   <si>
     <t>1562 Foxleigh  Ct
 St. Louis, MO  63131</t>
   </si>
   <si>
     <t>Kramer, Peg</t>
   </si>
   <si>
     <t>314-330-3983</t>
   </si>
   <si>
     <t>jpkramer5@gmail.com</t>
   </si>
   <si>
     <t>1562 Foxleigh Ct.
 St. Louis, MO  63131</t>
   </si>
   <si>
+    <t>LaTorre, Luis</t>
+  </si>
+  <si>
+    <t>609-902-0776</t>
+  </si>
+  <si>
+    <t>luis.latorre0128@outlook.com</t>
+  </si>
+  <si>
+    <t>1695 Heffington Drive
+Chesterfield, MO  63017</t>
+  </si>
+  <si>
     <t>Lauber, Will</t>
   </si>
   <si>
     <t>314-909-5657</t>
   </si>
   <si>
     <t>314-960-2329</t>
   </si>
   <si>
     <t>wlauber@msn.com</t>
   </si>
   <si>
     <t>403 Symphany Hill Ct.
 Kirkwood, MO  63122</t>
   </si>
   <si>
     <t>Lebeda, Larry</t>
   </si>
   <si>
     <t>314-540-7095</t>
   </si>
   <si>
     <t>l.lebeda@yahoo.com</t>
   </si>
   <si>
     <t>1746 Blakefield Terrace
 Ballwin, MO  63021</t>
   </si>
   <si>
-    <t>Lebeda, Laura</t>
-[...5 lines deleted...]
-    <t>lamorr39@yahoo.com</t>
+    <t>Lefarth, Peggy</t>
+  </si>
+  <si>
+    <t>314-349-6626</t>
+  </si>
+  <si>
+    <t>lefarth.peggy@gmail.com</t>
+  </si>
+  <si>
+    <t>1722 Highview Circle Ct
+Ballwin, MO  63021</t>
   </si>
   <si>
     <t>Leightner, Paul</t>
   </si>
   <si>
     <t>314-810-7384</t>
   </si>
   <si>
     <t>paul_leightner@yahoo.com</t>
   </si>
   <si>
     <t>1810 Stone Canyon Cir
 Ballwin, MO  63021</t>
   </si>
   <si>
-    <t>Lemakis, Susan</t>
-[...14 lines deleted...]
-  <si>
     <t>Leuchtman, Pat</t>
   </si>
   <si>
     <t>314-966-2373</t>
   </si>
   <si>
     <t>314-662-3168</t>
   </si>
   <si>
     <t>mrpal@charter.net</t>
   </si>
   <si>
     <t>123 Greenbriar Estates Dr
 Kirkwood, MO  63122</t>
   </si>
   <si>
     <t>Levine, Alison</t>
   </si>
   <si>
     <t>314-822-1554</t>
   </si>
   <si>
     <t>314-616-7715</t>
   </si>
   <si>
     <t>levineamb@gmail.com</t>
   </si>
   <si>
     <t>1808 Brookcreek Ln
 Kirkwood, MO  63122</t>
   </si>
   <si>
     <t>Liddy, Rob</t>
   </si>
   <si>
     <t>314-308-3041</t>
   </si>
   <si>
     <t>robliddy@yahoo.com</t>
   </si>
   <si>
     <t>12131 Bent Brook Rd.
 Kirkwood, MO  63122</t>
   </si>
   <si>
-    <t>Long, Julie</t>
-[...25 lines deleted...]
-Fenton, MO  63026</t>
+    <t>Likos, John</t>
+  </si>
+  <si>
+    <t>314-456-0131</t>
+  </si>
+  <si>
+    <t>john.j.likos@gmail.com</t>
+  </si>
+  <si>
+    <t>1736 Tralee Lane
+Ballwin, MO  63021</t>
+  </si>
+  <si>
+    <t>Likos, Priscilla</t>
+  </si>
+  <si>
+    <t>314-401-1774</t>
+  </si>
+  <si>
+    <t>plikos9837@gmail.com</t>
+  </si>
+  <si>
+    <t>Lopez, Heather</t>
+  </si>
+  <si>
+    <t>314-504-4151</t>
+  </si>
+  <si>
+    <t>heather.lopez@pwc.com</t>
+  </si>
+  <si>
+    <t>1940 Tricorn Ln
+St. Louis, MO  63131</t>
+  </si>
+  <si>
+    <t>Lorentz, Katie</t>
+  </si>
+  <si>
+    <t>314-719-6009</t>
+  </si>
+  <si>
+    <t>katiemhams@yahoo.com</t>
+  </si>
+  <si>
+    <t>13173 Huntercreek Ridge Road
+St. Louis, MO  63131</t>
   </si>
   <si>
     <t>Lough, Dave</t>
   </si>
   <si>
     <t>314-965-1051</t>
   </si>
   <si>
     <t>314-304-4154</t>
   </si>
   <si>
     <t>drolo234@charter.net</t>
   </si>
   <si>
     <t>12300 Ballas Estates Dr
 St. Louis, MO  63131</t>
   </si>
   <si>
     <t>Lydon, Chris</t>
   </si>
   <si>
     <t>314-909-4110</t>
   </si>
   <si>
     <t>314-276-2000</t>
   </si>
   <si>
     <t>christopher.lydon@pwc.com</t>
   </si>
   <si>
     <t>668 Clear Brook
 Kirkwood, MO  63122</t>
   </si>
   <si>
     <t>Lydon, Kara</t>
   </si>
   <si>
     <t>314-369-7261</t>
   </si>
   <si>
     <t>karalydon@att.net</t>
   </si>
   <si>
     <t>668 Clear Brook Dr.
 Kirkwood, MO  63122</t>
   </si>
   <si>
-    <t>Mansfield, Marie</t>
-[...14 lines deleted...]
-  <si>
     <t>Markowski, Joyce</t>
   </si>
   <si>
     <t>314-680-7936</t>
   </si>
   <si>
     <t>jmarkowski67@gmail.com</t>
   </si>
   <si>
     <t>873 Pebblefield Terr
 Ballwin, MO  63021</t>
   </si>
   <si>
     <t>Markowski, Mark</t>
   </si>
   <si>
     <t>314-223-3333</t>
   </si>
   <si>
     <t>markmarkowski@hotmail.com</t>
   </si>
   <si>
     <t>873 Pebblefield
 Ballwin, MO  63021</t>
   </si>
@@ -2284,79 +2480,105 @@
   </si>
   <si>
     <t>christine4martin@gmail.com</t>
   </si>
   <si>
     <t>1938 Sunny Dr.
 Kirkwood, MO  63122</t>
   </si>
   <si>
     <t>Martin, Jennifer</t>
   </si>
   <si>
     <t>314-822-1940</t>
   </si>
   <si>
     <t>314-814-3284</t>
   </si>
   <si>
     <t>treknmartins@sbcglobal.net</t>
   </si>
   <si>
     <t>1911 Sunny Dr.
 Kirkwood, MO  63122</t>
   </si>
   <si>
+    <t>Mason, Chris</t>
+  </si>
+  <si>
+    <t>314-605-2836</t>
+  </si>
+  <si>
+    <t>crmason17@hotmail.com</t>
+  </si>
+  <si>
+    <t>708 Boxwood Manor Ct.
+Ballwin, MO  63021</t>
+  </si>
+  <si>
     <t>Massimino, Jenny</t>
   </si>
   <si>
     <t>314-821-1953</t>
   </si>
   <si>
     <t>314-283-7287</t>
   </si>
   <si>
     <t>jmassimino2@yahoo.com</t>
   </si>
   <si>
     <t>12856 Haw Thicket Lane
 St. Louis, MO  63131</t>
   </si>
   <si>
     <t>Massimino, Michael</t>
   </si>
   <si>
     <t>314-368-3095</t>
   </si>
   <si>
     <t>massimmp@gmail.com</t>
   </si>
   <si>
     <t>12856 Haw Thicket Ln
 St. Louis, MO  63131</t>
   </si>
   <si>
+    <t>Masterson, Karen</t>
+  </si>
+  <si>
+    <t>314-749-4324</t>
+  </si>
+  <si>
+    <t>kamasterson@icloud.com</t>
+  </si>
+  <si>
+    <t>815 Plymouth Rock Dr.
+St. Louis, MO  63131</t>
+  </si>
+  <si>
     <t>McArthur, Jen</t>
   </si>
   <si>
     <t>636-529-0516</t>
   </si>
   <si>
     <t>314-221-7365</t>
   </si>
   <si>
     <t>jenmacarthur@yahoo.com</t>
   </si>
   <si>
     <t>3551 Georgetowne Village Dr
 Valley Park, MO  63088</t>
   </si>
   <si>
     <t>McBride, Suzy</t>
   </si>
   <si>
     <t>314-520-7674</t>
   </si>
   <si>
     <t>suzybr@gmail.com</t>
   </si>
   <si>
@@ -2419,274 +2641,407 @@
   </si>
   <si>
     <t>Mmemcgrath@sbcglobal.net</t>
   </si>
   <si>
     <t>869 Plymouth Rock Dr
 St. Louis, MO  63131</t>
   </si>
   <si>
     <t>McHugh, Jen</t>
   </si>
   <si>
     <t>314-698-2145</t>
   </si>
   <si>
     <t>314-440-3757</t>
   </si>
   <si>
     <t>jenmchugh23@yahoo.com</t>
   </si>
   <si>
     <t>12839 Westledge Lane
 St. Louis, MO  63131</t>
   </si>
   <si>
+    <t>McHugh, Kathleen</t>
+  </si>
+  <si>
+    <t>314-707-3795</t>
+  </si>
+  <si>
+    <t>kmchughrohrkaste@gmail.com</t>
+  </si>
+  <si>
+    <t>13010 Barrett Crossing Ct.
+Kirkwood, MO  63122</t>
+  </si>
+  <si>
     <t>McHugh, Matt</t>
   </si>
   <si>
     <t>314-518-3166</t>
   </si>
   <si>
     <t>mattmchughstl@icloud.com</t>
   </si>
   <si>
     <t>12839 Westledge Ln.
 St. Louis, MO  63131</t>
   </si>
   <si>
     <t>McKay, Danielle</t>
   </si>
   <si>
     <t>314-494-1446</t>
   </si>
   <si>
     <t>daniellemckay1@hotmail.com</t>
   </si>
   <si>
     <t>800 W. Essex Ave
 Kirkwood, MO  63122</t>
   </si>
   <si>
+    <t>McKee, Virginia</t>
+  </si>
+  <si>
+    <t>314-822-7859</t>
+  </si>
+  <si>
+    <t>virgmckee@gmail.com</t>
+  </si>
+  <si>
+    <t>1001 Laurel Bend Court
+Kirkwood, MO  63122</t>
+  </si>
+  <si>
+    <t>McLaughlin, Erica</t>
+  </si>
+  <si>
+    <t>314-640-9288</t>
+  </si>
+  <si>
+    <t>ericamcl@charter.net</t>
+  </si>
+  <si>
+    <t>2547 Barrett Springs Drive
+Ballwin, MO  63021</t>
+  </si>
+  <si>
     <t>McLaughlin, Mary Jo</t>
   </si>
   <si>
     <t>636-207-5910</t>
   </si>
   <si>
     <t>314-952-0075</t>
   </si>
   <si>
     <t>marjomc324@gmail.com</t>
   </si>
   <si>
     <t>674 Dougherty Terrace
 Ballwin, MO  63021</t>
   </si>
   <si>
     <t>McMahon, Pat</t>
   </si>
   <si>
     <t>314-707-7666</t>
   </si>
   <si>
     <t>patm624@gmail.com</t>
   </si>
   <si>
     <t>178 Scenic Woods Ct.
 Creve Coeur, MO  63141</t>
   </si>
   <si>
     <t>Menner, Susan</t>
   </si>
   <si>
     <t>636-236-7740</t>
   </si>
   <si>
     <t>sax23@charter.net</t>
   </si>
   <si>
     <t>640 Amberwood Ln.
 Ballwin, MO  63021</t>
   </si>
   <si>
+    <t>Miller, Linda</t>
+  </si>
+  <si>
+    <t>314-749-5758</t>
+  </si>
+  <si>
+    <t>millerlinda63@gmail.com</t>
+  </si>
+  <si>
+    <t>13208 Barrett Grove Drive
+Kirkwood, MO  63122</t>
+  </si>
+  <si>
     <t>Missey, Diane</t>
   </si>
   <si>
     <t>314-821-3830</t>
   </si>
   <si>
     <t>314-605-5718</t>
   </si>
   <si>
     <t>diane.missey@gmail.com</t>
   </si>
   <si>
     <t>13102 Dougherty Ridge Ct
 St. Louis, MO  63131</t>
   </si>
   <si>
     <t>Molaskey, Kelly</t>
   </si>
   <si>
     <t>314-965-5862</t>
   </si>
   <si>
     <t>314-494-9107</t>
   </si>
   <si>
     <t>kjburch@aol.com</t>
   </si>
   <si>
     <t>2336 East Royal
 St. Louis, MO  63131</t>
   </si>
   <si>
+    <t>Moloney, Mary</t>
+  </si>
+  <si>
+    <t>636-207-5888</t>
+  </si>
+  <si>
+    <t>314-359-5888</t>
+  </si>
+  <si>
+    <t>moloneymh@gmail.com</t>
+  </si>
+  <si>
+    <t>1826 Sone Canyon Circle
+Ballwin, MO  63021</t>
+  </si>
+  <si>
     <t>Montgomery, Emily</t>
   </si>
   <si>
     <t>314-210-0514</t>
   </si>
   <si>
     <t>montgemily@gmail.com</t>
   </si>
   <si>
     <t>2447 Camberwell Ct.
 St. Louis, MO  63131</t>
   </si>
   <si>
     <t>Montgomery, Marc</t>
   </si>
   <si>
     <t>636-346-4526</t>
   </si>
   <si>
     <t>marcridesaharley@gmail.com</t>
   </si>
   <si>
     <t>718 Boroughwood Circle
 Ellisville, MO  63011</t>
   </si>
   <si>
     <t>Moore, Pam</t>
   </si>
   <si>
     <t>314-583-7383</t>
   </si>
   <si>
     <t>pamelaannmoore@aol.com</t>
   </si>
   <si>
     <t>2 Doubletree
 St. Louis, MO  63131</t>
   </si>
   <si>
+    <t>Morris, Joanne</t>
+  </si>
+  <si>
+    <t>314-974-0999</t>
+  </si>
+  <si>
+    <t>jmm2001@sbcglobal.net</t>
+  </si>
+  <si>
+    <t>1501 Sunnytree Ln
+Ballwin, MO  63021</t>
+  </si>
+  <si>
+    <t>Mostek, Frank</t>
+  </si>
+  <si>
+    <t>847-445-6018</t>
+  </si>
+  <si>
+    <t>fbmiea@sbcglobal.net</t>
+  </si>
+  <si>
+    <t>821 Twin Pine Dr.
+Kirkwood, MO  63122</t>
+  </si>
+  <si>
     <t>Mostek, Heidi</t>
   </si>
   <si>
     <t>314-698-2336</t>
   </si>
   <si>
     <t>hjmiea@sbcglobal.net</t>
   </si>
   <si>
     <t>2027 Westview Ave.
 Kirkwood, MO  63122</t>
   </si>
   <si>
     <t>Mullen, Mick</t>
   </si>
   <si>
     <t>314-471-8925</t>
   </si>
   <si>
     <t>mickmullen3@gmail.com</t>
   </si>
   <si>
     <t>1769 Dougherty Ferry Rd.
 Kirkwood, MO  63122</t>
   </si>
   <si>
     <t>Mura, Will</t>
   </si>
   <si>
     <t>314-966-3470</t>
   </si>
   <si>
     <t>314-610-7034</t>
   </si>
   <si>
     <t>william.b.mura@gmail.com</t>
   </si>
   <si>
     <t>649 Wyndham Crossing Cir.
 St. Louis, MO  63131</t>
   </si>
   <si>
+    <t>Murray, Colleen</t>
+  </si>
+  <si>
+    <t>314-440-3646</t>
+  </si>
+  <si>
+    <t>cmurraylatte@gmail.com</t>
+  </si>
+  <si>
+    <t>694 Charleston Oaks Dr
+Ballwin, MO  63021</t>
+  </si>
+  <si>
     <t>Nations, Sandra</t>
   </si>
   <si>
     <t>314-966-8182</t>
   </si>
   <si>
     <t>314-330-5989</t>
   </si>
   <si>
-    <t>SMN1616@yahoo.com</t>
+    <t>smn1616@yahoo.com</t>
   </si>
   <si>
     <t>2109 Trailcrest Dr
 Kirkwood, MO  63122</t>
   </si>
   <si>
     <t>Neuner, Sharon</t>
   </si>
   <si>
     <t>314-698-2866</t>
   </si>
   <si>
     <t>314-409-4252</t>
   </si>
   <si>
     <t>sharon@pjn.net</t>
   </si>
   <si>
     <t>607 Westledge Ct.
 St. Louis, MO  63131</t>
   </si>
   <si>
-    <t>Nugent, Suzi</t>
-[...9 lines deleted...]
-Kirkwood, MO  63122</t>
+    <t>Niebruegge, Ande</t>
+  </si>
+  <si>
+    <t>314-780-3360</t>
+  </si>
+  <si>
+    <t>dniebru@gmail.com</t>
+  </si>
+  <si>
+    <t>927 Ogre Dr.
+St. Louis, MO  63131</t>
+  </si>
+  <si>
+    <t>Normington, Jared</t>
+  </si>
+  <si>
+    <t>314-578-9463</t>
+  </si>
+  <si>
+    <t>jaredlaura@sbcglobal.net</t>
+  </si>
+  <si>
+    <t>13164 Huntercreek Ridge Rd
+St. Louis, MO  63131</t>
+  </si>
+  <si>
+    <t>Normington, Laura</t>
+  </si>
+  <si>
+    <t>314-805-2091</t>
+  </si>
+  <si>
+    <t>jaredlaura_2@hotmail.com</t>
+  </si>
+  <si>
+    <t>13164 Huntercreek Ridge Road
+St. Louis, MO  63131</t>
   </si>
   <si>
     <t>O'Brien, Frank</t>
   </si>
   <si>
     <t>314-822-5271</t>
   </si>
   <si>
     <t>fobrien@christyco.com</t>
   </si>
   <si>
     <t>342 Bach
 Kirkwood, MO  63122</t>
   </si>
   <si>
     <t>O'Hallaron, Jim</t>
   </si>
   <si>
     <t>314-966-8598</t>
   </si>
   <si>
     <t>314-221-8024</t>
   </si>
   <si>
     <t>johallaron@mocpa.org</t>
@@ -2709,259 +3064,237 @@
 Kirkwood, MO  63122</t>
   </si>
   <si>
     <t>O'Toole, John</t>
   </si>
   <si>
     <t>314-313-8910</t>
   </si>
   <si>
     <t>john@otooledesign.com</t>
   </si>
   <si>
     <t>838 Killiney Dr
 Ballwin, MO  63021</t>
   </si>
   <si>
     <t>O'Toole, Michelle</t>
   </si>
   <si>
     <t>636-230-9849</t>
   </si>
   <si>
     <t>314-308-3954</t>
   </si>
   <si>
-    <t>michelle@otooledesign.com</t>
+    <t>mrotoole62@gmail.com</t>
   </si>
   <si>
     <t>838 Killiney 
 Ballwin, MO  63021</t>
   </si>
   <si>
     <t>Obermeier, Denise</t>
   </si>
   <si>
     <t>314-412-9012</t>
   </si>
   <si>
-    <t>Angeibiuefaon@aol.com</t>
+    <t>angeibiuefaon@aol.com</t>
   </si>
   <si>
     <t>1408 Morning Sun
 Ballwin, MO  63021</t>
   </si>
   <si>
-    <t>Obert, Kristin</t>
-[...11 lines deleted...]
-  <si>
     <t>Ochs, Charlie</t>
   </si>
   <si>
     <t>314-791-3083</t>
   </si>
   <si>
     <t>chasochs@sbcglobal.net</t>
   </si>
   <si>
     <t>980 Whitecliff Dr.
 Kirkwood, MO  63122</t>
   </si>
   <si>
-    <t>Ochs, Mary Q</t>
-[...11 lines deleted...]
-    <t>980 Whitecliff Drive
+    <t>Ortmann, Liz</t>
+  </si>
+  <si>
+    <t>608-628-7324</t>
+  </si>
+  <si>
+    <t>eliz.ortmann@gmail.com</t>
+  </si>
+  <si>
+    <t>1934 Grassy Ridge Rd.
 Kirkwood, MO  63122</t>
   </si>
   <si>
     <t>Parker, Gary</t>
   </si>
   <si>
     <t>314-503-0751</t>
-  </si>
-[...5 lines deleted...]
-St. Louis, MO  63131</t>
   </si>
   <si>
     <t>gparker@intcre.com</t>
   </si>
   <si>
     <t>2827 Barvilla Ct
 Ballwin, MO  63021</t>
   </si>
   <si>
-    <t>Parker, Susan</t>
-[...7 lines deleted...]
-  <si>
     <t>Partridge, Brad</t>
   </si>
   <si>
     <t>314-401-8257</t>
   </si>
   <si>
     <t>brad.s.partridge@gmail.com</t>
   </si>
   <si>
     <t>12834 Westledge Lane
 St. Louis, MO  63131</t>
   </si>
   <si>
     <t>Partridge, Laura</t>
   </si>
   <si>
     <t>314-322-9196</t>
   </si>
   <si>
     <t>lpartridge24@gmail.com</t>
   </si>
   <si>
     <t>12834 Westledge
 St. Louis, MO  63131</t>
   </si>
   <si>
-    <t>Peistrup, Mary</t>
-[...12 lines deleted...]
-Ballwin, MO  63021</t>
+    <t>Passanise, Maria</t>
+  </si>
+  <si>
+    <t>314-795-2229</t>
+  </si>
+  <si>
+    <t>mccaputa@hotmail.com</t>
+  </si>
+  <si>
+    <t>628 Westledge Ct. 
+St. Louis, MO  63131</t>
   </si>
   <si>
     <t>Petralia, Peg</t>
   </si>
   <si>
     <t>314-821-5026</t>
   </si>
   <si>
     <t>314-583-5026</t>
   </si>
   <si>
     <t>pegpetralia@icloud.com</t>
   </si>
   <si>
     <t>12116 Brook Terrace Ct
 Kirkwood, MO  63122</t>
   </si>
   <si>
     <t>Petralia, Skip</t>
   </si>
   <si>
     <t>apetra9671@aol.com</t>
   </si>
   <si>
     <t>Pierson, Catherine</t>
   </si>
   <si>
     <t>573-233-4577</t>
   </si>
   <si>
-    <t>stallinscath@gmail.com</t>
+    <t>stallingscath@gmail.com</t>
   </si>
   <si>
     <t>2309 Fairoyal Dr
 St. Louis, MO  63131</t>
   </si>
   <si>
     <t>Pierson, Phil</t>
   </si>
   <si>
     <t>217-622-8915</t>
   </si>
   <si>
     <t>phil_pierson25@yahoo.com</t>
   </si>
   <si>
     <t>Poindexter, Laura</t>
   </si>
   <si>
     <t>314-835-0266</t>
   </si>
   <si>
     <t>314-629-2839</t>
   </si>
   <si>
     <t>laurapoindexter@gmail.com</t>
   </si>
   <si>
     <t>621 Wyndam Crossings
 St. Louis, MO  63131</t>
   </si>
   <si>
     <t>Proscino, Steve</t>
   </si>
   <si>
     <t>314-965-4552</t>
   </si>
   <si>
     <t>314-517-8659</t>
   </si>
   <si>
     <t>sproscino@hotmail.com</t>
   </si>
   <si>
     <t>286 Greenbriar Estates
 Kirkwood, MO  63122</t>
   </si>
   <si>
+    <t>Przybylowski, Gloria</t>
+  </si>
+  <si>
+    <t>314-440-2513</t>
+  </si>
+  <si>
+    <t>gloray21@msn.com</t>
+  </si>
+  <si>
+    <t>684 Park Commons Court, Apt. A
+Valley Park, MO  63088</t>
+  </si>
+  <si>
     <t>Przybylowski, John</t>
   </si>
   <si>
     <t>636-861-3554</t>
   </si>
   <si>
     <t>314-313-5374</t>
   </si>
   <si>
     <t>jvprzybylowski@yahoo.com</t>
   </si>
   <si>
     <t>719 Highland Ave
 Valley Park, MO  63088</t>
   </si>
   <si>
     <t>Putman, Paola</t>
   </si>
   <si>
     <t>901-258-0330</t>
   </si>
   <si>
     <t>paolaputman@yaho.com</t>
   </si>
   <si>
@@ -2973,130 +3306,192 @@
   </si>
   <si>
     <t>314-378-0299</t>
   </si>
   <si>
     <t>craig839@yahoo.com</t>
   </si>
   <si>
     <t>11931 Amherst Dr
 St. Louis, MO  63131</t>
   </si>
   <si>
     <t>Ratermann, Carl</t>
   </si>
   <si>
     <t>314-378-7843</t>
   </si>
   <si>
     <t>carlratermann@yahoo.com</t>
   </si>
   <si>
     <t>12759 Wynfield Pines
 St. Louis, MO  63131</t>
   </si>
   <si>
-    <t>Rehm, Debbie</t>
-[...12 lines deleted...]
-Ellisville, MO  63011</t>
+    <t>Ratermann, Vicki</t>
+  </si>
+  <si>
+    <t>314-378-2642</t>
+  </si>
+  <si>
+    <t>vratermann@raterassoc.com</t>
+  </si>
+  <si>
+    <t>12759 Wynfield Pines Court
+St. Louis, MO  63131</t>
+  </si>
+  <si>
+    <t>Redington, Denny</t>
+  </si>
+  <si>
+    <t>314-596-7071</t>
+  </si>
+  <si>
+    <t>rijrunr@aol.com</t>
+  </si>
+  <si>
+    <t>2048 Hunters Field Rd
+Kirkwood, MO  63122</t>
+  </si>
+  <si>
+    <t>Rehm, Charles</t>
+  </si>
+  <si>
+    <t>314-277-3555</t>
+  </si>
+  <si>
+    <t>charles.rehm@mercy.net</t>
+  </si>
+  <si>
+    <t>106 Wellington Terrace
+Chesterfield, MO  63017</t>
+  </si>
+  <si>
+    <t>Reider, Beth</t>
+  </si>
+  <si>
+    <t>314-614-4548</t>
+  </si>
+  <si>
+    <t>beth.reider@gmail.com</t>
+  </si>
+  <si>
+    <t>803 Elmtree Ln
+Kirkwood, MO  63122</t>
   </si>
   <si>
     <t>Reider, John</t>
   </si>
   <si>
     <t>314-835-1885</t>
   </si>
   <si>
     <t>314-614-4549</t>
   </si>
   <si>
     <t>jvreider@gmail.com</t>
   </si>
   <si>
     <t>710 W Essex Ave
 Kirkwood, MO  63122</t>
   </si>
   <si>
+    <t>Reimer, Liz</t>
+  </si>
+  <si>
+    <t>636-751-3969</t>
+  </si>
+  <si>
+    <t>lizreimer1103@gmail.com</t>
+  </si>
+  <si>
+    <t>542 Ballas Trails Drive
+Kirkwood, MO  63122</t>
+  </si>
+  <si>
     <t>Reinbold, Chrissie</t>
   </si>
   <si>
     <t>314-374-1859</t>
   </si>
   <si>
     <t>chrissiereinbold@gmail.com</t>
   </si>
   <si>
     <t>12718 Wynfield Pines Court
 St. Louis, MO  63131</t>
   </si>
   <si>
     <t>Renschen, Pamela</t>
   </si>
   <si>
     <t>314-707-9666</t>
   </si>
   <si>
     <t>pamela_renschen@yahoo.com</t>
   </si>
   <si>
     <t>1623 Carman Manor Ct.
 Ballwin, MO  63021</t>
   </si>
   <si>
     <t>Renschen, Robin</t>
   </si>
   <si>
     <t>314-707-2821</t>
   </si>
   <si>
     <t>robinrenschen@yahoo.com</t>
   </si>
   <si>
     <t>Reuter, Josh</t>
   </si>
   <si>
     <t>314-368-2651</t>
   </si>
   <si>
     <t>jsr154@gmail.com</t>
   </si>
   <si>
     <t>985 Big Bend Station Drive
 Valley Park, MO  63088</t>
   </si>
   <si>
+    <t>Ribaudo, Ann</t>
+  </si>
+  <si>
+    <t>314-568-3075</t>
+  </si>
+  <si>
+    <t>ann@martyribaudo.com</t>
+  </si>
+  <si>
+    <t>19 Ridgeview Circle Ct.
+Ballwin, MO  63021</t>
+  </si>
+  <si>
     <t>Rich, Marge</t>
   </si>
   <si>
     <t>314-471-4542</t>
   </si>
   <si>
     <t>mmrich1976@gmail.com</t>
   </si>
   <si>
     <t>1940 Grassy Ridge Rd
 Kirkwood, MO  63122</t>
   </si>
   <si>
     <t>Ringwald, Juliana</t>
   </si>
   <si>
     <t>314-698-2822</t>
   </si>
   <si>
     <t>314-537-3208</t>
   </si>
   <si>
     <t>ringwald393@sbcglobal.net</t>
   </si>
   <si>
@@ -3133,137 +3528,160 @@
   </si>
   <si>
     <t>314-288-9541</t>
   </si>
   <si>
     <t>jimroth@sbcglobal.net</t>
   </si>
   <si>
     <t>406 Symphony Hill Ct
 Kirkwood, MO  63122</t>
   </si>
   <si>
     <t>Roth, Laurie</t>
   </si>
   <si>
     <t>314-223-0447</t>
   </si>
   <si>
     <t>laurieroth@sbcglobal.net</t>
   </si>
   <si>
     <t>406 Symphony Hill Ct.
 Kirkwood, MO  63122</t>
   </si>
   <si>
+    <t>Rudroff, Mary Beth</t>
+  </si>
+  <si>
+    <t>314-518-9862</t>
+  </si>
+  <si>
+    <t>maresgrelle@hotmail.com</t>
+  </si>
+  <si>
+    <t>754 Carman Meadows Drive
+Ballwin, MO  63021</t>
+  </si>
+  <si>
     <t>Ruzicka, Don</t>
   </si>
   <si>
     <t>314-853-3529</t>
   </si>
   <si>
     <t>donaldruzicka@sbcglobal.net</t>
   </si>
   <si>
     <t>307 Frieda Ave.
 Kirkwood, MO  63122</t>
   </si>
   <si>
+    <t>Ruzicka, Karen</t>
+  </si>
+  <si>
+    <t>314-605-7904</t>
+  </si>
+  <si>
+    <t>kelenahill@yahoo.com</t>
+  </si>
+  <si>
+    <t>10 Barberry Ln.
+Kirkwood, MO  63122</t>
+  </si>
+  <si>
+    <t>Ruzicka, Liz</t>
+  </si>
+  <si>
+    <t>314-348-0259</t>
+  </si>
+  <si>
+    <t>earstl7@gmail.com</t>
+  </si>
+  <si>
+    <t>12216 Roger Ln
+St. Louis, MO  63131</t>
+  </si>
+  <si>
     <t>Ruzicka, Paul</t>
   </si>
   <si>
     <t>314-394-0154</t>
   </si>
   <si>
     <t>314-348-3401</t>
   </si>
   <si>
     <t>paul@ordont.com</t>
   </si>
   <si>
     <t>12216 Roger Lane
 St. Louis, MO  63131</t>
   </si>
   <si>
-    <t>Ryan, Mary</t>
-[...14 lines deleted...]
-  <si>
     <t>Saenger, Chuck</t>
   </si>
   <si>
     <t>314-420-3256</t>
   </si>
   <si>
     <t>csaenger@millennium-financial.com</t>
   </si>
   <si>
     <t>669 Wyndham Crossings Cir
 St. Louis, MO  63131</t>
   </si>
   <si>
     <t>Sahm, Ann</t>
   </si>
   <si>
     <t>314-740-6223</t>
   </si>
   <si>
     <t>annsahm@gmail.com</t>
   </si>
   <si>
     <t>12869 Whitehorse Ln.
 St. Louis, MO  63131</t>
   </si>
   <si>
     <t>Sahm, Jeff</t>
   </si>
   <si>
     <t>314-435-3078</t>
   </si>
   <si>
     <t>jeffsahm@me.com</t>
   </si>
   <si>
     <t>Sandheinrich, Jeanne</t>
   </si>
   <si>
     <t>314-602-8627</t>
   </si>
   <si>
-    <t>jeanne.engert@gmail.com</t>
+    <t>drjeannesandheinrich@gmail.com</t>
   </si>
   <si>
     <t>406 George Avenue
 Kirkwood, MO  63122</t>
   </si>
   <si>
     <t>Sandheinrich, Ryan</t>
   </si>
   <si>
     <t>314-960-7820</t>
   </si>
   <si>
     <t>dr.sandheinrich@gmail.com</t>
   </si>
   <si>
     <t>419 W. Woodbine Ave.
 Kirkwood, MO  63122</t>
   </si>
   <si>
     <t>Schaefer, Debbie</t>
   </si>
   <si>
     <t>314-966-0011</t>
   </si>
   <si>
@@ -3322,50 +3740,63 @@
   </si>
   <si>
     <t>314-496-5555</t>
   </si>
   <si>
     <t>beckybschmidt@gmail.com</t>
   </si>
   <si>
     <t>830 Castlebar Ct.
 Ballwin, MO  63021</t>
   </si>
   <si>
     <t>Schneiders, Brandon</t>
   </si>
   <si>
     <t>314-952-1523</t>
   </si>
   <si>
     <t>brandonschnieders@yahoo.com</t>
   </si>
   <si>
     <t>440 Tree Top Ln.
 Kirkwood, MO  63122</t>
   </si>
   <si>
+    <t>Schoolman, Marilyn</t>
+  </si>
+  <si>
+    <t>314-660-2994</t>
+  </si>
+  <si>
+    <t>marilynschoolman@gmail.com</t>
+  </si>
+  <si>
+    <t>541 Ballas Trails Drive
+Kirkwood, MO  63122</t>
+  </si>
+  <si>
     <t>Schrock, Barbara</t>
   </si>
   <si>
     <t>314-822-3709</t>
   </si>
   <si>
     <t>314-560-6341</t>
   </si>
   <si>
     <t>c.schrock@sbcglobal.net</t>
   </si>
   <si>
     <t>12952 Beaver Dam Rd.
 St. Louis, MO  63131</t>
   </si>
   <si>
     <t>Schuetz, Joie</t>
   </si>
   <si>
     <t>314-440-5437</t>
   </si>
   <si>
     <t>ryanjoie@sbcglobal.net</t>
   </si>
   <si>
@@ -3402,50 +3833,63 @@
 St. Louis, MO  63131</t>
   </si>
   <si>
     <t>Schutte, Andrea</t>
   </si>
   <si>
     <t>314-677-0160</t>
   </si>
   <si>
     <t>andrea6686@gmail.com</t>
   </si>
   <si>
     <t>12834 Four Winds Farm Drive
 St. Louis, MO  63131</t>
   </si>
   <si>
     <t>Schutte, Rick</t>
   </si>
   <si>
     <t>314-677-0047</t>
   </si>
   <si>
     <t>schutter500@gmail.com</t>
   </si>
   <si>
+    <t>Schwarz, Pat</t>
+  </si>
+  <si>
+    <t>314-386-5006</t>
+  </si>
+  <si>
+    <t>paschwarz1936@gmail.com</t>
+  </si>
+  <si>
+    <t>420 Lakeside Dr.
+Ballwin, MO  63021</t>
+  </si>
+  <si>
     <t>Scott, Janet</t>
   </si>
   <si>
     <t>314-909-7705</t>
   </si>
   <si>
     <t>314-276-6919</t>
   </si>
   <si>
     <t>janetandronscott@gmail.com</t>
   </si>
   <si>
     <t>422 Crest Ave.
 Kirkwood, MO  63122</t>
   </si>
   <si>
     <t>Scott, Peggy</t>
   </si>
   <si>
     <t>314-822-1600</t>
   </si>
   <si>
     <t>314-630-9587</t>
   </si>
   <si>
@@ -3515,143 +3959,179 @@
   </si>
   <si>
     <t>12807 Westledge Lane
 St. Louis, MO  63131</t>
   </si>
   <si>
     <t>Sinnett, Mary</t>
   </si>
   <si>
     <t>314-616-0032</t>
   </si>
   <si>
     <t>mary.msinnett@gmail.com</t>
   </si>
   <si>
     <t>208 Couch Ave
 Kirkwood, MO  63122</t>
   </si>
   <si>
     <t>Skowyra, Carolyn</t>
   </si>
   <si>
     <t>314-409-0599</t>
   </si>
   <si>
-    <t>sokec@wustl.edu</t>
+    <t>carolynsoke@gmail.com</t>
   </si>
   <si>
     <t>13046 Barrett Meadows Dr
 Ballwin, MO  63021</t>
   </si>
   <si>
     <t>Skowyra, Will</t>
   </si>
   <si>
     <t>344-496-4202</t>
   </si>
   <si>
     <t>willskowyra1981@gmail.com</t>
   </si>
   <si>
+    <t>Smith, Brenda</t>
+  </si>
+  <si>
+    <t>423-677-3247</t>
+  </si>
+  <si>
+    <t>bjsmith95@gmail.com</t>
+  </si>
+  <si>
+    <t>814 Stable Ridge Lane
+Kirkwood, MO  63122</t>
+  </si>
+  <si>
     <t>Smith, Coulter</t>
   </si>
   <si>
     <t>314-882-9491</t>
   </si>
   <si>
     <t>ccsezs@msn.com</t>
   </si>
   <si>
     <t>1970 Dougherty Ferry Rd
 Kirkwood, MO  63122</t>
   </si>
   <si>
     <t>Smith, Emilie</t>
   </si>
   <si>
     <t>314-973-4026</t>
   </si>
   <si>
     <t>emzsmith@me.com</t>
   </si>
   <si>
     <t>Smith, Judi</t>
   </si>
   <si>
     <t>314-822-2656</t>
   </si>
   <si>
     <t>314-406-5308</t>
   </si>
   <si>
-    <t>Judi.Smith@sbcglobal.net</t>
+    <t>judismith1716@gmail.com</t>
   </si>
   <si>
     <t>1716 Winesap Ln.
 Kirkwood, MO  63122</t>
   </si>
   <si>
     <t>Spitznagle, Tracy</t>
   </si>
   <si>
     <t>314-780-1973</t>
   </si>
   <si>
     <t>spitznaglet@wusm.wustl.edu</t>
   </si>
   <si>
     <t>622 Waterford View Ct 
 Ballwin, MO  63021</t>
   </si>
   <si>
     <t>Stalka, Katie</t>
   </si>
   <si>
     <t>314-369-2809</t>
   </si>
   <si>
     <t>katie.stalka@yahoo.com</t>
   </si>
   <si>
     <t>1264 Arbor Bluff Cir
 Ballwin, MO  63021</t>
   </si>
   <si>
     <t>Stalka, Michael</t>
   </si>
   <si>
     <t>314-856-2331</t>
   </si>
   <si>
     <t>michaelstalka@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">
 Ballwin, MO  63021</t>
   </si>
   <si>
+    <t>Steer, Ann</t>
+  </si>
+  <si>
+    <t>217-816-1042</t>
+  </si>
+  <si>
+    <t>annsteer623@gmail.com</t>
+  </si>
+  <si>
+    <t>1535 N. Woodlawn Avenue
+Kirkwood, MO  63122</t>
+  </si>
+  <si>
+    <t>Steer, Steve</t>
+  </si>
+  <si>
+    <t>ss1020@live.com</t>
+  </si>
+  <si>
+    <t>1535 N. Woodlawn Ave
+Kirkwood, MO  63122</t>
+  </si>
+  <si>
     <t>Stoeckel, Dave</t>
   </si>
   <si>
     <t>314-909-5671</t>
   </si>
   <si>
     <t>314-640-7724</t>
   </si>
   <si>
     <t>david.stoeckel@health.slu.edu</t>
   </si>
   <si>
     <t>549 Huntercreek Ridge Ct
 St. Louis, MO  63131</t>
   </si>
   <si>
     <t>Stoeckel, Karen</t>
   </si>
   <si>
     <t>314-580-3278</t>
   </si>
   <si>
     <t>stoeckel4@hotmail.com</t>
   </si>
   <si>
@@ -3672,50 +4152,89 @@
 Kirkwood, MO  63122</t>
   </si>
   <si>
     <t>Storey, Matthew</t>
   </si>
   <si>
     <t>314-596-8419</t>
   </si>
   <si>
     <t>mstorey7271@gmail.com</t>
   </si>
   <si>
     <t>Stratman, Dave</t>
   </si>
   <si>
     <t>314-602-6110</t>
   </si>
   <si>
     <t>dastratmann@gmail.com</t>
   </si>
   <si>
     <t>13549 Weston Park Dr
 St. Louis, MO  63131</t>
   </si>
   <si>
+    <t>Sullivan, Ann</t>
+  </si>
+  <si>
+    <t>314-662-2904</t>
+  </si>
+  <si>
+    <t>annsully5@yahoo.com</t>
+  </si>
+  <si>
+    <t>2460 Clarjon Drive
+Ballwin, MO  63021</t>
+  </si>
+  <si>
+    <t>Sullivan, Mark</t>
+  </si>
+  <si>
+    <t>314-680-8708</t>
+  </si>
+  <si>
+    <t>sullyslighting@earthlink.net</t>
+  </si>
+  <si>
+    <t>873 Craig Forest Ln
+Kirkwood, MO  63122</t>
+  </si>
+  <si>
+    <t>Sullivan, Michael</t>
+  </si>
+  <si>
+    <t>239-465-7890</t>
+  </si>
+  <si>
+    <t>sully110@yahoo.com</t>
+  </si>
+  <si>
+    <t>2027 Westview Avenue
+Kirkwood, MO  63122</t>
+  </si>
+  <si>
     <t>Sullivan, Rossana</t>
   </si>
   <si>
     <t>314-821-8421</t>
   </si>
   <si>
     <t>314-680-8709</t>
   </si>
   <si>
     <t>rosssullivan82@gmail.com</t>
   </si>
   <si>
     <t>1005 Glenford Ct.
 Kirkwood, MO  63122</t>
   </si>
   <si>
     <t>Thierauf, Tricia</t>
   </si>
   <si>
     <t>636-207-1869</t>
   </si>
   <si>
     <t>314-791-0370</t>
   </si>
   <si>
@@ -3748,222 +4267,254 @@
     <t>jimtighe3@yahoo.com</t>
   </si>
   <si>
     <t>2419 Camberwell Ct.
 St. Louis, MO  63131</t>
   </si>
   <si>
     <t>Tighe, Laurie</t>
   </si>
   <si>
     <t>314-488-3899</t>
   </si>
   <si>
     <t>letighe@gmail.com</t>
   </si>
   <si>
     <t>Tuffli, Elizabeth</t>
   </si>
   <si>
     <t>314-984-0683</t>
   </si>
   <si>
     <t>314-323-9877</t>
   </si>
   <si>
-    <t>elibenben2001@yahoo.com</t>
+    <t>etuffli5@gmail.com</t>
   </si>
   <si>
     <t>2451 Barrett Heights Dr.
 Ballwin, MO  63021</t>
   </si>
   <si>
     <t>Tuffli, Jason</t>
   </si>
   <si>
     <t>314-324-2841</t>
   </si>
   <si>
     <t>tuffli.jason@att.net</t>
   </si>
   <si>
     <t>2451 Barrettt Heights Dr.
 Ballwin, MO  63021</t>
   </si>
   <si>
+    <t>Turek, Tim</t>
+  </si>
+  <si>
+    <t>314-913-4550</t>
+  </si>
+  <si>
+    <t>timturek73@outlook.com</t>
+  </si>
+  <si>
+    <t>1323 Lockett Lane
+Kirkwood, MO  63122</t>
+  </si>
+  <si>
     <t>Urban, Chris</t>
   </si>
   <si>
     <t>314-374-4660</t>
   </si>
   <si>
     <t>chris.urban@emerson.com</t>
   </si>
   <si>
     <t>808 Stone Canyon Dr
 Ballwin, MO  63021</t>
   </si>
   <si>
     <t>Urban, Nan</t>
   </si>
   <si>
     <t>913-908-5926</t>
   </si>
   <si>
     <t>nanemullen@aol.com</t>
   </si>
   <si>
     <t>808 Stone Canyon Dr.
 Ballwin, MO  63021</t>
   </si>
   <si>
-    <t>Valenta, Kathleen</t>
-[...9 lines deleted...]
-St. Louis, MO  63131</t>
+    <t>Vatterott, Martha</t>
+  </si>
+  <si>
+    <t>314-486-9784</t>
+  </si>
+  <si>
+    <t>mvatt@mindspring.com</t>
+  </si>
+  <si>
+    <t>574 W. Monroe Avenue
+Kirkwood, MO  63122</t>
   </si>
   <si>
     <t>Veninga, Ryan</t>
   </si>
   <si>
     <t>314-475-3479</t>
   </si>
   <si>
     <t>314-518-4653</t>
   </si>
   <si>
     <t>rveninga@craneagency.com</t>
   </si>
   <si>
     <t>18 W Point Ln
 St. Louis, MO  63131</t>
   </si>
   <si>
     <t>Veninga, Sarah</t>
   </si>
   <si>
     <t>314-504-0980</t>
   </si>
   <si>
     <t>sarah.veninga@gmail.com</t>
   </si>
   <si>
     <t>18 West Point Ln
 St. Louis, MO  63131</t>
   </si>
   <si>
+    <t>Volk, Sr. Barbara</t>
+  </si>
+  <si>
+    <t>314-780-8322</t>
+  </si>
+  <si>
+    <t>bvolkcsj@aol.com</t>
+  </si>
+  <si>
+    <t>1001 West Rose Hill Ave.
+Kirkwood, MO  63122</t>
+  </si>
+  <si>
     <t>Von Ritter, Bobbie</t>
   </si>
   <si>
     <t>314-966-2847</t>
   </si>
   <si>
     <t>bvonritter121@hotmail.com</t>
   </si>
   <si>
     <t>1025 Twin Pine Dr
 St. Louis, MO  63131</t>
   </si>
   <si>
     <t>Vorwerk, Lisa</t>
   </si>
   <si>
     <t>314-359-9454</t>
   </si>
   <si>
     <t>ganwerk@hotmail.com</t>
   </si>
   <si>
     <t>1673 Blakefield Terr
 Ballwin, MO  63021</t>
   </si>
   <si>
     <t>Vorwerk, Michael</t>
   </si>
   <si>
     <t>mfvorwerk@hotmail.com</t>
   </si>
   <si>
-    <t>Wagner, Barb</t>
-[...14 lines deleted...]
-  <si>
     <t>Wahl, Sarah</t>
   </si>
   <si>
     <t>314-686-8824</t>
   </si>
   <si>
     <t>sarahwahl@hotmail.com</t>
   </si>
   <si>
     <t>2685 Old Dougherty Ferry Road
 Kirkwood, MO  63122</t>
   </si>
   <si>
     <t>Walsh, Jim</t>
   </si>
   <si>
     <t>314-420-5447</t>
   </si>
   <si>
     <t>952 Barrett Station Rd
 Kirkwood, MO  63122</t>
   </si>
   <si>
     <t>Walsh, Mark</t>
   </si>
   <si>
     <t>636-220-2721</t>
   </si>
   <si>
     <t>Walshmarkpat@gmail.com</t>
   </si>
   <si>
     <t>203 Shady Oak
 Ballwin, MO  63021</t>
   </si>
   <si>
+    <t>Walsh, Mary</t>
+  </si>
+  <si>
+    <t>314-691-7991</t>
+  </si>
+  <si>
+    <t>walmac1907@sbcglobal.net</t>
+  </si>
+  <si>
+    <t>1907 Brookcreek Drive
+Kirkwood, MO  63122</t>
+  </si>
+  <si>
+    <t>Wastler, Brad</t>
+  </si>
+  <si>
+    <t>314-610-7948</t>
+  </si>
+  <si>
+    <t>bwastlr@yahoo.com</t>
+  </si>
+  <si>
     <t>Wastler, Marty</t>
   </si>
   <si>
     <t>314-822-3162</t>
   </si>
   <si>
     <t>314-941-5240</t>
   </si>
   <si>
     <t>mjwastlr@yahoo.com</t>
   </si>
   <si>
     <t>873 Craig Forest Ln.
 Kirkwood, MO  63122</t>
   </si>
   <si>
     <t>Wehde, Marita</t>
   </si>
   <si>
     <t>314-910-8272</t>
   </si>
   <si>
     <t>marita.wehde@att.net</t>
   </si>
   <si>
@@ -4049,73 +4600,86 @@
   </si>
   <si>
     <t>2330 Hollyhead Dr
 St. Louis, MO  63131</t>
   </si>
   <si>
     <t>Wilhelm, Laura</t>
   </si>
   <si>
     <t>ljwilhelm@hotmail.com</t>
   </si>
   <si>
     <t>Wilson, Bill</t>
   </si>
   <si>
     <t>314-541-5589</t>
   </si>
   <si>
     <t>itbill@charter.net</t>
   </si>
   <si>
     <t>13907 Reflection Ct.  Apt. 528
 Ballwin, MO  63021</t>
   </si>
   <si>
+    <t>Winkelmann, Katy</t>
+  </si>
+  <si>
+    <t>314-623-3920</t>
+  </si>
+  <si>
+    <t>katywinkelmann@gmail.com</t>
+  </si>
+  <si>
+    <t>12523 Grandview Forest Drive
+St. Louis, MO  63131</t>
+  </si>
+  <si>
     <t>Wnuk, Marilyn</t>
   </si>
   <si>
     <t>314-909-6557</t>
   </si>
   <si>
     <t>314-477-7386</t>
   </si>
   <si>
     <t>nmwnuk@yahoo.com</t>
   </si>
   <si>
     <t>1703 Ben Davis Ln
 Kirkwood, MO  63122</t>
   </si>
   <si>
     <t>Wnuk, Nick</t>
   </si>
   <si>
     <t>314-495-8123</t>
   </si>
   <si>
-    <t>nwnuk@outlook.com</t>
+    <t>nwnuk1@gmail.com</t>
   </si>
   <si>
     <t>1703 Ben Davis
 Kirkwood, MO  63122</t>
   </si>
   <si>
     <t>Young, Ann</t>
   </si>
   <si>
     <t>636-207-8502</t>
   </si>
   <si>
     <t>314-221-2434</t>
   </si>
   <si>
     <t>annbarrecayoung@gmail.com</t>
   </si>
   <si>
     <t>622 Dougherty Terrace
 Ballwin, MO  63021</t>
   </si>
   <si>
     <t>Young, Devon</t>
   </si>
   <si>
@@ -4140,54 +4704,50 @@
   <si>
     <t>1019 Dovergate Dr
 Kirkwood, MO  63122</t>
   </si>
   <si>
     <t>Zlatic, Erin</t>
   </si>
   <si>
     <t>952-250-2525</t>
   </si>
   <si>
     <t>erinzlatic@gmail.com</t>
   </si>
   <si>
     <t>12892 Whitehorse Ln.
 St. Louis, MO  63131</t>
   </si>
   <si>
     <t>Zoia, Mark</t>
   </si>
   <si>
     <t>314-960-6069</t>
   </si>
   <si>
     <t>markzoia@carroltonbanking.com</t>
-  </si>
-[...2 lines deleted...]
-Ballwin, MO  63021</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -4494,5596 +5054,6342 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F304"/>
+  <dimension ref="A1:F350"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="F304" sqref="F304"/>
+      <selection activeCell="F350" sqref="F350"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="39.99" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="43.561" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>6</v>
       </c>
       <c r="B2" t="s">
         <v>7</v>
       </c>
       <c r="C2" t="s">
         <v>8</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2" t="s">
         <v>10</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
         <v>12</v>
       </c>
       <c r="B3" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F3" s="1" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B4" t="s">
-        <v>17</v>
+        <v>7</v>
       </c>
       <c r="D4" t="s">
         <v>18</v>
       </c>
       <c r="E4" t="s">
         <v>19</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
         <v>21</v>
       </c>
       <c r="B5" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="C5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D5" t="s">
         <v>22</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>23</v>
       </c>
-      <c r="E5" t="s">
+      <c r="F5" s="1" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
+        <v>25</v>
+      </c>
+      <c r="B6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
         <v>26</v>
       </c>
-      <c r="B6" t="s">
-[...2 lines deleted...]
-      <c r="D6" t="s">
+      <c r="E6" t="s">
         <v>27</v>
       </c>
-      <c r="E6" t="s">
+      <c r="F6" s="1" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
+        <v>29</v>
+      </c>
+      <c r="B7" t="s">
+        <v>13</v>
+      </c>
+      <c r="C7" t="s">
         <v>30</v>
       </c>
-      <c r="B7" t="s">
-[...2 lines deleted...]
-      <c r="C7" t="s">
+      <c r="D7" t="s">
         <v>31</v>
       </c>
-      <c r="D7" t="s">
+      <c r="E7" t="s">
         <v>32</v>
       </c>
-      <c r="E7" t="s">
+      <c r="F7" s="1" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
+        <v>34</v>
+      </c>
+      <c r="B8" t="s">
+        <v>7</v>
+      </c>
+      <c r="D8" t="s">
         <v>35</v>
-      </c>
-[...4 lines deleted...]
-        <v>31</v>
       </c>
       <c r="E8" t="s">
         <v>36</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
         <v>38</v>
       </c>
       <c r="B9" t="s">
         <v>7</v>
       </c>
       <c r="C9" t="s">
         <v>39</v>
       </c>
       <c r="D9" t="s">
         <v>40</v>
       </c>
       <c r="E9" t="s">
         <v>41</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
         <v>43</v>
       </c>
       <c r="B10" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="C10" t="s">
+        <v>39</v>
+      </c>
+      <c r="E10" t="s">
         <v>44</v>
       </c>
-      <c r="D10" t="s">
+      <c r="F10" s="1" t="s">
         <v>45</v>
-      </c>
-[...4 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
+        <v>46</v>
+      </c>
+      <c r="B11" t="s">
+        <v>7</v>
+      </c>
+      <c r="C11" t="s">
+        <v>47</v>
+      </c>
+      <c r="D11" t="s">
         <v>48</v>
       </c>
-      <c r="B11" t="s">
-[...5 lines deleted...]
-      <c r="D11" t="s">
+      <c r="E11" t="s">
         <v>49</v>
       </c>
-      <c r="E11" t="s">
+      <c r="F11" s="1" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
         <v>51</v>
       </c>
       <c r="B12" t="s">
         <v>7</v>
       </c>
       <c r="C12" t="s">
         <v>52</v>
       </c>
       <c r="D12" t="s">
         <v>53</v>
       </c>
       <c r="E12" t="s">
         <v>54</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
         <v>56</v>
       </c>
       <c r="B13" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="C13" t="s">
+        <v>52</v>
+      </c>
+      <c r="D13" t="s">
         <v>57</v>
       </c>
       <c r="E13" t="s">
         <v>58</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
+        <v>59</v>
+      </c>
+      <c r="B14" t="s">
+        <v>7</v>
+      </c>
+      <c r="D14" t="s">
         <v>60</v>
       </c>
-      <c r="B14" t="s">
-[...5 lines deleted...]
-      <c r="D14" t="s">
+      <c r="E14" t="s">
         <v>61</v>
       </c>
-      <c r="E14" t="s">
+      <c r="F14" s="1" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
+        <v>63</v>
+      </c>
+      <c r="B15" t="s">
+        <v>7</v>
+      </c>
+      <c r="C15" t="s">
         <v>64</v>
       </c>
-      <c r="B15" t="s">
-[...2 lines deleted...]
-      <c r="D15" t="s">
+      <c r="E15" t="s">
         <v>65</v>
       </c>
-      <c r="E15" t="s">
+      <c r="F15" s="1" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
+        <v>67</v>
+      </c>
+      <c r="B16" t="s">
+        <v>13</v>
+      </c>
+      <c r="C16" t="s">
+        <v>64</v>
+      </c>
+      <c r="D16" t="s">
         <v>68</v>
       </c>
-      <c r="B16" t="s">
-[...2 lines deleted...]
-      <c r="C16" t="s">
+      <c r="E16" t="s">
         <v>69</v>
       </c>
-      <c r="D16" t="s">
+      <c r="F16" s="1" t="s">
         <v>70</v>
-      </c>
-[...4 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
+        <v>71</v>
+      </c>
+      <c r="B17" t="s">
+        <v>13</v>
+      </c>
+      <c r="D17" t="s">
+        <v>72</v>
+      </c>
+      <c r="E17" t="s">
         <v>73</v>
       </c>
-      <c r="B17" t="s">
-[...2 lines deleted...]
-      <c r="D17" t="s">
+      <c r="F17" s="1" t="s">
         <v>74</v>
-      </c>
-[...4 lines deleted...]
-        <v>76</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
+        <v>75</v>
+      </c>
+      <c r="B18" t="s">
+        <v>7</v>
+      </c>
+      <c r="C18" t="s">
+        <v>76</v>
+      </c>
+      <c r="D18" t="s">
         <v>77</v>
       </c>
-      <c r="B18" t="s">
-[...2 lines deleted...]
-      <c r="D18" t="s">
+      <c r="E18" t="s">
         <v>78</v>
       </c>
-      <c r="E18" t="s">
+      <c r="F18" s="1" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
+        <v>80</v>
+      </c>
+      <c r="B19" t="s">
+        <v>7</v>
+      </c>
+      <c r="D19" t="s">
         <v>81</v>
       </c>
-      <c r="B19" t="s">
-[...2 lines deleted...]
-      <c r="D19" t="s">
+      <c r="E19" t="s">
         <v>82</v>
       </c>
-      <c r="E19" t="s">
+      <c r="F19" s="1" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" t="s">
+        <v>84</v>
+      </c>
+      <c r="B20" t="s">
+        <v>13</v>
+      </c>
+      <c r="D20" t="s">
         <v>85</v>
       </c>
-      <c r="B20" t="s">
-[...2 lines deleted...]
-      <c r="D20" t="s">
+      <c r="E20" t="s">
         <v>86</v>
       </c>
-      <c r="E20" t="s">
+      <c r="F20" s="1" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" t="s">
+        <v>88</v>
+      </c>
+      <c r="B21" t="s">
+        <v>7</v>
+      </c>
+      <c r="D21" t="s">
         <v>89</v>
       </c>
-      <c r="B21" t="s">
-[...2 lines deleted...]
-      <c r="D21" t="s">
+      <c r="E21" t="s">
         <v>90</v>
       </c>
-      <c r="E21" t="s">
+      <c r="F21" s="1" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" t="s">
+        <v>92</v>
+      </c>
+      <c r="B22" t="s">
+        <v>13</v>
+      </c>
+      <c r="D22" t="s">
         <v>93</v>
       </c>
-      <c r="B22" t="s">
-[...2 lines deleted...]
-      <c r="D22" t="s">
+      <c r="E22" t="s">
         <v>94</v>
       </c>
-      <c r="E22" t="s">
+      <c r="F22" s="1" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" t="s">
+        <v>96</v>
+      </c>
+      <c r="B23" t="s">
+        <v>13</v>
+      </c>
+      <c r="D23" t="s">
         <v>97</v>
       </c>
-      <c r="B23" t="s">
-[...2 lines deleted...]
-      <c r="C23" t="s">
+      <c r="E23" t="s">
         <v>98</v>
       </c>
-      <c r="D23" t="s">
+      <c r="F23" s="1" t="s">
         <v>99</v>
-      </c>
-[...4 lines deleted...]
-        <v>101</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" t="s">
+        <v>100</v>
+      </c>
+      <c r="B24" t="s">
+        <v>7</v>
+      </c>
+      <c r="D24" t="s">
+        <v>101</v>
+      </c>
+      <c r="E24" t="s">
         <v>102</v>
       </c>
-      <c r="B24" t="s">
-[...5 lines deleted...]
-      <c r="D24" t="s">
+      <c r="F24" s="1" t="s">
         <v>103</v>
-      </c>
-[...4 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" t="s">
+        <v>104</v>
+      </c>
+      <c r="B25" t="s">
+        <v>13</v>
+      </c>
+      <c r="D25" t="s">
+        <v>105</v>
+      </c>
+      <c r="E25" t="s">
         <v>106</v>
       </c>
-      <c r="B25" t="s">
-[...2 lines deleted...]
-      <c r="C25" t="s">
+      <c r="F25" s="1" t="s">
         <v>107</v>
-      </c>
-[...7 lines deleted...]
-        <v>110</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" t="s">
+        <v>108</v>
+      </c>
+      <c r="B26" t="s">
+        <v>7</v>
+      </c>
+      <c r="D26" t="s">
+        <v>109</v>
+      </c>
+      <c r="E26" t="s">
+        <v>110</v>
+      </c>
+      <c r="F26" s="1" t="s">
         <v>111</v>
-      </c>
-[...13 lines deleted...]
-        <v>115</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" t="s">
+        <v>112</v>
+      </c>
+      <c r="B27" t="s">
+        <v>7</v>
+      </c>
+      <c r="C27" t="s">
+        <v>113</v>
+      </c>
+      <c r="D27" t="s">
+        <v>114</v>
+      </c>
+      <c r="E27" t="s">
+        <v>115</v>
+      </c>
+      <c r="F27" s="1" t="s">
         <v>116</v>
-      </c>
-[...13 lines deleted...]
-        <v>120</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" t="s">
-        <v>121</v>
+        <v>117</v>
       </c>
       <c r="B28" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="C28" t="s">
-        <v>117</v>
+        <v>113</v>
       </c>
       <c r="D28" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="E28" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
       <c r="F28" s="1" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" t="s">
+        <v>121</v>
+      </c>
+      <c r="B29" t="s">
+        <v>7</v>
+      </c>
+      <c r="C29" t="s">
+        <v>122</v>
+      </c>
+      <c r="D29" t="s">
+        <v>123</v>
+      </c>
+      <c r="E29" t="s">
+        <v>124</v>
+      </c>
+      <c r="F29" s="1" t="s">
         <v>125</v>
-      </c>
-[...13 lines deleted...]
-        <v>129</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" t="s">
+        <v>126</v>
+      </c>
+      <c r="B30" t="s">
+        <v>7</v>
+      </c>
+      <c r="C30" t="s">
+        <v>127</v>
+      </c>
+      <c r="D30" t="s">
+        <v>128</v>
+      </c>
+      <c r="E30" t="s">
+        <v>129</v>
+      </c>
+      <c r="F30" s="1" t="s">
         <v>130</v>
-      </c>
-[...10 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" t="s">
+        <v>131</v>
+      </c>
+      <c r="B31" t="s">
+        <v>13</v>
+      </c>
+      <c r="C31" t="s">
+        <v>127</v>
+      </c>
+      <c r="D31" t="s">
+        <v>132</v>
+      </c>
+      <c r="E31" t="s">
+        <v>133</v>
+      </c>
+      <c r="F31" s="1" t="s">
         <v>134</v>
-      </c>
-[...10 lines deleted...]
-        <v>137</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" t="s">
+        <v>135</v>
+      </c>
+      <c r="B32" t="s">
+        <v>7</v>
+      </c>
+      <c r="C32" t="s">
+        <v>136</v>
+      </c>
+      <c r="D32" t="s">
+        <v>137</v>
+      </c>
+      <c r="E32" t="s">
         <v>138</v>
       </c>
-      <c r="B32" t="s">
-[...2 lines deleted...]
-      <c r="D32" t="s">
+      <c r="F32" s="1" t="s">
         <v>139</v>
-      </c>
-[...4 lines deleted...]
-        <v>141</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" t="s">
+        <v>140</v>
+      </c>
+      <c r="B33" t="s">
+        <v>7</v>
+      </c>
+      <c r="D33" t="s">
+        <v>141</v>
+      </c>
+      <c r="E33" t="s">
         <v>142</v>
       </c>
-      <c r="B33" t="s">
-[...2 lines deleted...]
-      <c r="D33" t="s">
+      <c r="F33" s="1" t="s">
         <v>143</v>
-      </c>
-[...4 lines deleted...]
-        <v>145</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" t="s">
+        <v>144</v>
+      </c>
+      <c r="B34" t="s">
+        <v>13</v>
+      </c>
+      <c r="D34" t="s">
+        <v>145</v>
+      </c>
+      <c r="E34" t="s">
         <v>146</v>
       </c>
-      <c r="B34" t="s">
-[...2 lines deleted...]
-      <c r="C34" t="s">
+      <c r="F34" s="1" t="s">
         <v>147</v>
-      </c>
-[...1 lines deleted...]
-        <v>148</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" t="s">
+        <v>148</v>
+      </c>
+      <c r="B35" t="s">
+        <v>13</v>
+      </c>
+      <c r="D35" t="s">
         <v>149</v>
       </c>
-      <c r="B35" t="s">
-[...2 lines deleted...]
-      <c r="C35" t="s">
+      <c r="E35" t="s">
         <v>150</v>
       </c>
-      <c r="D35" t="s">
+      <c r="F35" s="1" t="s">
         <v>151</v>
-      </c>
-[...4 lines deleted...]
-        <v>153</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" t="s">
+        <v>152</v>
+      </c>
+      <c r="B36" t="s">
+        <v>7</v>
+      </c>
+      <c r="D36" t="s">
+        <v>153</v>
+      </c>
+      <c r="E36" t="s">
         <v>154</v>
       </c>
-      <c r="B36" t="s">
-[...2 lines deleted...]
-      <c r="D36" t="s">
+      <c r="F36" s="1" t="s">
         <v>155</v>
-      </c>
-[...4 lines deleted...]
-        <v>157</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" t="s">
+        <v>156</v>
+      </c>
+      <c r="B37" t="s">
+        <v>7</v>
+      </c>
+      <c r="D37" t="s">
+        <v>157</v>
+      </c>
+      <c r="E37" t="s">
         <v>158</v>
       </c>
-      <c r="B37" t="s">
-[...2 lines deleted...]
-      <c r="D37" t="s">
+      <c r="F37" s="1" t="s">
         <v>159</v>
-      </c>
-[...4 lines deleted...]
-        <v>161</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" t="s">
+        <v>160</v>
+      </c>
+      <c r="B38" t="s">
+        <v>13</v>
+      </c>
+      <c r="D38" t="s">
+        <v>161</v>
+      </c>
+      <c r="E38" t="s">
         <v>162</v>
       </c>
-      <c r="B38" t="s">
-[...2 lines deleted...]
-      <c r="D38" t="s">
+      <c r="F38" s="1" t="s">
         <v>163</v>
-      </c>
-[...4 lines deleted...]
-        <v>165</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" t="s">
+        <v>164</v>
+      </c>
+      <c r="B39" t="s">
+        <v>7</v>
+      </c>
+      <c r="D39" t="s">
+        <v>165</v>
+      </c>
+      <c r="E39" t="s">
         <v>166</v>
       </c>
-      <c r="B39" t="s">
-[...2 lines deleted...]
-      <c r="D39" t="s">
+      <c r="F39" s="1" t="s">
         <v>167</v>
-      </c>
-[...4 lines deleted...]
-        <v>169</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" t="s">
+        <v>168</v>
+      </c>
+      <c r="B40" t="s">
+        <v>13</v>
+      </c>
+      <c r="C40" t="s">
+        <v>169</v>
+      </c>
+      <c r="F40" s="1" t="s">
         <v>170</v>
-      </c>
-[...13 lines deleted...]
-        <v>174</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" t="s">
-        <v>175</v>
+        <v>171</v>
       </c>
       <c r="B41" t="s">
         <v>7</v>
       </c>
       <c r="D41" t="s">
-        <v>176</v>
+        <v>172</v>
       </c>
       <c r="E41" t="s">
-        <v>177</v>
+        <v>173</v>
       </c>
       <c r="F41" s="1" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="B42" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="D42" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
       <c r="E42" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="F42" s="1" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" t="s">
-        <v>183</v>
+        <v>179</v>
       </c>
       <c r="B43" t="s">
         <v>7</v>
       </c>
       <c r="D43" t="s">
-        <v>184</v>
+        <v>180</v>
       </c>
       <c r="E43" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
       <c r="F43" s="1" t="s">
-        <v>186</v>
+        <v>182</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" t="s">
-        <v>187</v>
+        <v>183</v>
       </c>
       <c r="B44" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>188</v>
+        <v>13</v>
       </c>
       <c r="D44" t="s">
-        <v>189</v>
+        <v>184</v>
       </c>
       <c r="E44" t="s">
-        <v>190</v>
+        <v>185</v>
       </c>
       <c r="F44" s="1" t="s">
-        <v>191</v>
+        <v>186</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" t="s">
-        <v>192</v>
+        <v>187</v>
       </c>
       <c r="B45" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="C45" t="s">
-        <v>193</v>
+        <v>188</v>
+      </c>
+      <c r="D45" t="s">
+        <v>189</v>
       </c>
       <c r="E45" t="s">
-        <v>194</v>
+        <v>190</v>
       </c>
       <c r="F45" s="1" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" t="s">
-        <v>196</v>
+        <v>192</v>
       </c>
       <c r="B46" t="s">
         <v>7</v>
       </c>
       <c r="D46" t="s">
-        <v>197</v>
+        <v>193</v>
       </c>
       <c r="E46" t="s">
-        <v>198</v>
+        <v>194</v>
       </c>
       <c r="F46" s="1" t="s">
-        <v>199</v>
+        <v>195</v>
       </c>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" t="s">
-        <v>200</v>
+        <v>196</v>
       </c>
       <c r="B47" t="s">
-        <v>17</v>
+        <v>7</v>
       </c>
       <c r="D47" t="s">
-        <v>201</v>
+        <v>197</v>
       </c>
       <c r="E47" t="s">
-        <v>202</v>
+        <v>198</v>
       </c>
       <c r="F47" s="1" t="s">
-        <v>203</v>
+        <v>199</v>
       </c>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" t="s">
-        <v>204</v>
+        <v>200</v>
       </c>
       <c r="B48" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>205</v>
+        <v>7</v>
       </c>
       <c r="D48" t="s">
-        <v>206</v>
+        <v>201</v>
       </c>
       <c r="E48" t="s">
-        <v>207</v>
+        <v>202</v>
       </c>
       <c r="F48" s="1" t="s">
-        <v>208</v>
+        <v>203</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" t="s">
-        <v>209</v>
+        <v>204</v>
       </c>
       <c r="B49" t="s">
         <v>7</v>
       </c>
       <c r="C49" t="s">
         <v>205</v>
       </c>
       <c r="D49" t="s">
-        <v>210</v>
+        <v>206</v>
       </c>
       <c r="E49" t="s">
-        <v>211</v>
+        <v>207</v>
       </c>
       <c r="F49" s="1" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" t="s">
+        <v>209</v>
+      </c>
+      <c r="B50" t="s">
+        <v>13</v>
+      </c>
+      <c r="C50" t="s">
+        <v>210</v>
+      </c>
+      <c r="E50" t="s">
+        <v>211</v>
+      </c>
+      <c r="F50" s="1" t="s">
         <v>212</v>
-      </c>
-[...13 lines deleted...]
-        <v>216</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" t="s">
-        <v>217</v>
+        <v>213</v>
       </c>
       <c r="B51" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>218</v>
+        <v>13</v>
       </c>
       <c r="D51" t="s">
-        <v>219</v>
+        <v>214</v>
       </c>
       <c r="E51" t="s">
-        <v>220</v>
+        <v>215</v>
       </c>
       <c r="F51" s="1" t="s">
-        <v>221</v>
+        <v>216</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" t="s">
-        <v>222</v>
+        <v>217</v>
       </c>
       <c r="B52" t="s">
-        <v>17</v>
+        <v>13</v>
+      </c>
+      <c r="C52" t="s">
+        <v>218</v>
       </c>
       <c r="D52" t="s">
-        <v>223</v>
+        <v>219</v>
       </c>
       <c r="E52" t="s">
-        <v>224</v>
+        <v>220</v>
       </c>
       <c r="F52" s="1" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" t="s">
-        <v>226</v>
+        <v>222</v>
       </c>
       <c r="B53" t="s">
         <v>7</v>
       </c>
       <c r="C53" t="s">
         <v>218</v>
       </c>
       <c r="D53" t="s">
-        <v>227</v>
+        <v>223</v>
       </c>
       <c r="E53" t="s">
-        <v>228</v>
+        <v>224</v>
       </c>
       <c r="F53" s="1" t="s">
         <v>221</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" t="s">
+        <v>225</v>
+      </c>
+      <c r="B54" t="s">
+        <v>7</v>
+      </c>
+      <c r="C54" t="s">
+        <v>226</v>
+      </c>
+      <c r="D54" t="s">
+        <v>227</v>
+      </c>
+      <c r="E54" t="s">
+        <v>228</v>
+      </c>
+      <c r="F54" s="1" t="s">
         <v>229</v>
-      </c>
-[...13 lines deleted...]
-        <v>233</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" t="s">
+        <v>230</v>
+      </c>
+      <c r="B55" t="s">
+        <v>13</v>
+      </c>
+      <c r="C55" t="s">
+        <v>231</v>
+      </c>
+      <c r="D55" t="s">
+        <v>232</v>
+      </c>
+      <c r="E55" t="s">
+        <v>233</v>
+      </c>
+      <c r="F55" s="1" t="s">
         <v>234</v>
-      </c>
-[...10 lines deleted...]
-        <v>237</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" t="s">
+        <v>235</v>
+      </c>
+      <c r="B56" t="s">
+        <v>13</v>
+      </c>
+      <c r="D56" t="s">
+        <v>236</v>
+      </c>
+      <c r="E56" t="s">
+        <v>237</v>
+      </c>
+      <c r="F56" s="1" t="s">
         <v>238</v>
-      </c>
-[...10 lines deleted...]
-        <v>237</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="A57" t="s">
+        <v>239</v>
+      </c>
+      <c r="B57" t="s">
+        <v>7</v>
+      </c>
+      <c r="D57" t="s">
+        <v>240</v>
+      </c>
+      <c r="E57" t="s">
         <v>241</v>
       </c>
-      <c r="B57" t="s">
-[...2 lines deleted...]
-      <c r="D57" t="s">
+      <c r="F57" s="1" t="s">
         <v>242</v>
-      </c>
-[...4 lines deleted...]
-        <v>244</v>
       </c>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" t="s">
+        <v>243</v>
+      </c>
+      <c r="B58" t="s">
+        <v>7</v>
+      </c>
+      <c r="C58" t="s">
+        <v>231</v>
+      </c>
+      <c r="D58" t="s">
+        <v>244</v>
+      </c>
+      <c r="E58" t="s">
         <v>245</v>
       </c>
-      <c r="B58" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F58" s="1" t="s">
-        <v>248</v>
+        <v>234</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="A59" t="s">
+        <v>246</v>
+      </c>
+      <c r="B59" t="s">
+        <v>7</v>
+      </c>
+      <c r="C59" t="s">
+        <v>247</v>
+      </c>
+      <c r="D59" t="s">
+        <v>248</v>
+      </c>
+      <c r="E59" t="s">
         <v>249</v>
       </c>
-      <c r="B59" t="s">
-[...2 lines deleted...]
-      <c r="D59" t="s">
+      <c r="F59" s="1" t="s">
         <v>250</v>
-      </c>
-[...4 lines deleted...]
-        <v>252</v>
       </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" t="s">
+        <v>251</v>
+      </c>
+      <c r="B60" t="s">
+        <v>7</v>
+      </c>
+      <c r="D60" t="s">
+        <v>252</v>
+      </c>
+      <c r="E60" t="s">
         <v>253</v>
       </c>
-      <c r="B60" t="s">
-[...2 lines deleted...]
-      <c r="C60" t="s">
+      <c r="F60" s="1" t="s">
         <v>254</v>
-      </c>
-[...7 lines deleted...]
-        <v>257</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61" t="s">
-        <v>258</v>
+        <v>255</v>
       </c>
       <c r="B61" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>259</v>
+        <v>13</v>
       </c>
       <c r="D61" t="s">
-        <v>260</v>
+        <v>256</v>
       </c>
       <c r="E61" t="s">
-        <v>261</v>
+        <v>257</v>
       </c>
       <c r="F61" s="1" t="s">
-        <v>262</v>
+        <v>254</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="A62" t="s">
-        <v>263</v>
+        <v>258</v>
       </c>
       <c r="B62" t="s">
-        <v>17</v>
+        <v>7</v>
       </c>
       <c r="D62" t="s">
-        <v>264</v>
+        <v>259</v>
       </c>
       <c r="E62" t="s">
-        <v>265</v>
+        <v>260</v>
       </c>
       <c r="F62" s="1" t="s">
-        <v>266</v>
+        <v>261</v>
       </c>
     </row>
     <row r="63" spans="1:6">
       <c r="A63" t="s">
-        <v>267</v>
+        <v>262</v>
       </c>
       <c r="B63" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>268</v>
+        <v>13</v>
+      </c>
+      <c r="D63" t="s">
+        <v>263</v>
       </c>
       <c r="E63" t="s">
-        <v>269</v>
+        <v>264</v>
       </c>
       <c r="F63" s="1" t="s">
-        <v>270</v>
+        <v>265</v>
       </c>
     </row>
     <row r="64" spans="1:6">
       <c r="A64" t="s">
-        <v>271</v>
+        <v>266</v>
       </c>
       <c r="B64" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="D64" t="s">
-        <v>272</v>
+        <v>267</v>
       </c>
       <c r="E64" t="s">
-        <v>273</v>
+        <v>268</v>
       </c>
       <c r="F64" s="1" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65" t="s">
-        <v>275</v>
+        <v>270</v>
       </c>
       <c r="B65" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="D65" t="s">
-        <v>276</v>
+        <v>271</v>
       </c>
       <c r="E65" t="s">
-        <v>277</v>
+        <v>272</v>
       </c>
       <c r="F65" s="1" t="s">
-        <v>278</v>
+        <v>273</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" t="s">
-        <v>279</v>
+        <v>274</v>
       </c>
       <c r="B66" t="s">
-        <v>17</v>
+        <v>7</v>
+      </c>
+      <c r="C66" t="s">
+        <v>275</v>
       </c>
       <c r="D66" t="s">
-        <v>280</v>
+        <v>276</v>
       </c>
       <c r="E66" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="F66" s="1" t="s">
         <v>278</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67" t="s">
+        <v>279</v>
+      </c>
+      <c r="B67" t="s">
+        <v>7</v>
+      </c>
+      <c r="D67" t="s">
+        <v>280</v>
+      </c>
+      <c r="E67" t="s">
+        <v>281</v>
+      </c>
+      <c r="F67" s="1" t="s">
         <v>282</v>
-      </c>
-[...10 lines deleted...]
-        <v>285</v>
       </c>
     </row>
     <row r="68" spans="1:6">
       <c r="A68" t="s">
+        <v>283</v>
+      </c>
+      <c r="B68" t="s">
+        <v>7</v>
+      </c>
+      <c r="C68" t="s">
+        <v>284</v>
+      </c>
+      <c r="D68" t="s">
+        <v>285</v>
+      </c>
+      <c r="E68" t="s">
         <v>286</v>
       </c>
-      <c r="B68" t="s">
-[...2 lines deleted...]
-      <c r="D68" t="s">
+      <c r="F68" s="1" t="s">
         <v>287</v>
-      </c>
-[...4 lines deleted...]
-        <v>289</v>
       </c>
     </row>
     <row r="69" spans="1:6">
       <c r="A69" t="s">
+        <v>288</v>
+      </c>
+      <c r="B69" t="s">
+        <v>13</v>
+      </c>
+      <c r="D69" t="s">
+        <v>289</v>
+      </c>
+      <c r="E69" t="s">
         <v>290</v>
       </c>
-      <c r="B69" t="s">
-[...2 lines deleted...]
-      <c r="D69" t="s">
+      <c r="F69" s="1" t="s">
         <v>291</v>
-      </c>
-[...4 lines deleted...]
-        <v>293</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" t="s">
+        <v>292</v>
+      </c>
+      <c r="B70" t="s">
+        <v>7</v>
+      </c>
+      <c r="D70" t="s">
+        <v>293</v>
+      </c>
+      <c r="E70" t="s">
         <v>294</v>
       </c>
-      <c r="B70" t="s">
-[...2 lines deleted...]
-      <c r="C70" t="s">
+      <c r="F70" s="1" t="s">
         <v>295</v>
-      </c>
-[...7 lines deleted...]
-        <v>298</v>
       </c>
     </row>
     <row r="71" spans="1:6">
       <c r="A71" t="s">
+        <v>296</v>
+      </c>
+      <c r="B71" t="s">
+        <v>13</v>
+      </c>
+      <c r="C71" t="s">
+        <v>297</v>
+      </c>
+      <c r="E71" t="s">
+        <v>298</v>
+      </c>
+      <c r="F71" s="1" t="s">
         <v>299</v>
-      </c>
-[...10 lines deleted...]
-        <v>302</v>
       </c>
     </row>
     <row r="72" spans="1:6">
       <c r="A72" t="s">
+        <v>300</v>
+      </c>
+      <c r="B72" t="s">
+        <v>7</v>
+      </c>
+      <c r="D72" t="s">
+        <v>301</v>
+      </c>
+      <c r="E72" t="s">
+        <v>302</v>
+      </c>
+      <c r="F72" s="1" t="s">
         <v>303</v>
-      </c>
-[...13 lines deleted...]
-        <v>307</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73" t="s">
-        <v>308</v>
+        <v>304</v>
       </c>
       <c r="B73" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>304</v>
+        <v>7</v>
       </c>
       <c r="D73" t="s">
-        <v>309</v>
+        <v>305</v>
       </c>
       <c r="E73" t="s">
-        <v>310</v>
+        <v>306</v>
       </c>
       <c r="F73" s="1" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
     </row>
     <row r="74" spans="1:6">
       <c r="A74" t="s">
-        <v>312</v>
+        <v>308</v>
       </c>
       <c r="B74" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>313</v>
+        <v>13</v>
       </c>
       <c r="D74" t="s">
-        <v>314</v>
+        <v>309</v>
       </c>
       <c r="E74" t="s">
-        <v>315</v>
+        <v>310</v>
       </c>
       <c r="F74" s="1" t="s">
-        <v>316</v>
+        <v>307</v>
       </c>
     </row>
     <row r="75" spans="1:6">
       <c r="A75" t="s">
-        <v>317</v>
+        <v>311</v>
       </c>
       <c r="B75" t="s">
-        <v>17</v>
+        <v>7</v>
       </c>
       <c r="D75" t="s">
-        <v>318</v>
+        <v>312</v>
       </c>
       <c r="E75" t="s">
-        <v>319</v>
+        <v>313</v>
       </c>
       <c r="F75" s="1" t="s">
-        <v>320</v>
+        <v>314</v>
       </c>
     </row>
     <row r="76" spans="1:6">
       <c r="A76" t="s">
-        <v>321</v>
+        <v>315</v>
       </c>
       <c r="B76" t="s">
         <v>7</v>
       </c>
-      <c r="C76" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D76" t="s">
-        <v>323</v>
+        <v>316</v>
       </c>
       <c r="E76" t="s">
-        <v>324</v>
+        <v>317</v>
       </c>
       <c r="F76" s="1" t="s">
-        <v>325</v>
+        <v>318</v>
       </c>
     </row>
     <row r="77" spans="1:6">
       <c r="A77" t="s">
-        <v>326</v>
+        <v>319</v>
       </c>
       <c r="B77" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>327</v>
+        <v>13</v>
       </c>
       <c r="D77" t="s">
-        <v>328</v>
+        <v>320</v>
       </c>
       <c r="E77" t="s">
-        <v>329</v>
+        <v>321</v>
       </c>
       <c r="F77" s="1" t="s">
-        <v>330</v>
+        <v>322</v>
       </c>
     </row>
     <row r="78" spans="1:6">
       <c r="A78" t="s">
-        <v>331</v>
+        <v>323</v>
       </c>
       <c r="B78" t="s">
         <v>7</v>
       </c>
+      <c r="C78" t="s">
+        <v>324</v>
+      </c>
       <c r="D78" t="s">
-        <v>332</v>
+        <v>325</v>
       </c>
       <c r="E78" t="s">
-        <v>333</v>
+        <v>326</v>
       </c>
       <c r="F78" s="1" t="s">
-        <v>334</v>
+        <v>327</v>
       </c>
     </row>
     <row r="79" spans="1:6">
       <c r="A79" t="s">
-        <v>335</v>
+        <v>328</v>
       </c>
       <c r="B79" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>336</v>
+        <v>13</v>
       </c>
       <c r="D79" t="s">
-        <v>337</v>
+        <v>329</v>
       </c>
       <c r="E79" t="s">
-        <v>338</v>
+        <v>330</v>
       </c>
       <c r="F79" s="1" t="s">
-        <v>339</v>
+        <v>331</v>
       </c>
     </row>
     <row r="80" spans="1:6">
       <c r="A80" t="s">
-        <v>340</v>
+        <v>332</v>
       </c>
       <c r="B80" t="s">
-        <v>17</v>
+        <v>7</v>
       </c>
       <c r="C80" t="s">
+        <v>333</v>
+      </c>
+      <c r="D80" t="s">
+        <v>334</v>
+      </c>
+      <c r="E80" t="s">
+        <v>335</v>
+      </c>
+      <c r="F80" s="1" t="s">
         <v>336</v>
-      </c>
-[...7 lines deleted...]
-        <v>339</v>
       </c>
     </row>
     <row r="81" spans="1:6">
       <c r="A81" t="s">
-        <v>343</v>
+        <v>337</v>
       </c>
       <c r="B81" t="s">
-        <v>17</v>
+        <v>13</v>
+      </c>
+      <c r="C81" t="s">
+        <v>333</v>
       </c>
       <c r="D81" t="s">
-        <v>344</v>
+        <v>338</v>
       </c>
       <c r="E81" t="s">
-        <v>345</v>
+        <v>339</v>
       </c>
       <c r="F81" s="1" t="s">
-        <v>346</v>
+        <v>340</v>
       </c>
     </row>
     <row r="82" spans="1:6">
       <c r="A82" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B82" t="s">
         <v>7</v>
       </c>
+      <c r="C82" t="s">
+        <v>342</v>
+      </c>
       <c r="D82" t="s">
-        <v>348</v>
+        <v>343</v>
       </c>
       <c r="E82" t="s">
-        <v>349</v>
+        <v>344</v>
       </c>
       <c r="F82" s="1" t="s">
-        <v>350</v>
+        <v>345</v>
       </c>
     </row>
     <row r="83" spans="1:6">
       <c r="A83" t="s">
-        <v>351</v>
+        <v>346</v>
       </c>
       <c r="B83" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>352</v>
+        <v>13</v>
       </c>
       <c r="D83" t="s">
-        <v>353</v>
+        <v>347</v>
       </c>
       <c r="E83" t="s">
-        <v>354</v>
+        <v>348</v>
       </c>
       <c r="F83" s="1" t="s">
-        <v>355</v>
+        <v>349</v>
       </c>
     </row>
     <row r="84" spans="1:6">
       <c r="A84" t="s">
-        <v>356</v>
+        <v>350</v>
       </c>
       <c r="B84" t="s">
         <v>7</v>
       </c>
       <c r="C84" t="s">
-        <v>357</v>
+        <v>351</v>
       </c>
       <c r="D84" t="s">
-        <v>358</v>
+        <v>352</v>
       </c>
       <c r="E84" t="s">
-        <v>359</v>
+        <v>353</v>
       </c>
       <c r="F84" s="1" t="s">
-        <v>360</v>
+        <v>354</v>
       </c>
     </row>
     <row r="85" spans="1:6">
       <c r="A85" t="s">
-        <v>361</v>
+        <v>355</v>
       </c>
       <c r="B85" t="s">
-        <v>17</v>
+        <v>7</v>
       </c>
       <c r="C85" t="s">
-        <v>362</v>
+        <v>356</v>
+      </c>
+      <c r="D85" t="s">
+        <v>357</v>
       </c>
       <c r="E85" t="s">
-        <v>363</v>
+        <v>358</v>
       </c>
       <c r="F85" s="1" t="s">
-        <v>360</v>
+        <v>359</v>
       </c>
     </row>
     <row r="86" spans="1:6">
       <c r="A86" t="s">
-        <v>364</v>
+        <v>360</v>
       </c>
       <c r="B86" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="C86" t="s">
-        <v>365</v>
+        <v>356</v>
       </c>
       <c r="D86" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="E86" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="F86" s="1" t="s">
-        <v>368</v>
+        <v>359</v>
       </c>
     </row>
     <row r="87" spans="1:6">
       <c r="A87" t="s">
-        <v>369</v>
+        <v>363</v>
       </c>
       <c r="B87" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="D87" t="s">
-        <v>370</v>
+        <v>364</v>
       </c>
       <c r="E87" t="s">
-        <v>371</v>
+        <v>365</v>
       </c>
       <c r="F87" s="1" t="s">
-        <v>372</v>
+        <v>366</v>
       </c>
     </row>
     <row r="88" spans="1:6">
       <c r="A88" t="s">
-        <v>373</v>
+        <v>367</v>
       </c>
       <c r="B88" t="s">
         <v>7</v>
       </c>
-      <c r="C88" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D88" t="s">
-        <v>375</v>
+        <v>368</v>
       </c>
       <c r="E88" t="s">
-        <v>376</v>
+        <v>369</v>
       </c>
       <c r="F88" s="1" t="s">
-        <v>377</v>
+        <v>370</v>
       </c>
     </row>
     <row r="89" spans="1:6">
       <c r="A89" t="s">
-        <v>378</v>
+        <v>371</v>
       </c>
       <c r="B89" t="s">
         <v>7</v>
       </c>
       <c r="C89" t="s">
-        <v>379</v>
+        <v>372</v>
       </c>
       <c r="D89" t="s">
-        <v>380</v>
+        <v>373</v>
       </c>
       <c r="E89" t="s">
-        <v>381</v>
+        <v>374</v>
       </c>
       <c r="F89" s="1" t="s">
-        <v>382</v>
+        <v>375</v>
       </c>
     </row>
     <row r="90" spans="1:6">
       <c r="A90" t="s">
-        <v>383</v>
+        <v>376</v>
       </c>
       <c r="B90" t="s">
         <v>7</v>
       </c>
       <c r="C90" t="s">
-        <v>384</v>
+        <v>377</v>
       </c>
       <c r="D90" t="s">
-        <v>385</v>
+        <v>378</v>
       </c>
       <c r="E90" t="s">
-        <v>386</v>
+        <v>379</v>
       </c>
       <c r="F90" s="1" t="s">
-        <v>387</v>
+        <v>380</v>
       </c>
     </row>
     <row r="91" spans="1:6">
       <c r="A91" t="s">
-        <v>388</v>
+        <v>381</v>
       </c>
       <c r="B91" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>389</v>
+        <v>13</v>
+      </c>
+      <c r="C91" t="s">
+        <v>382</v>
       </c>
       <c r="E91" t="s">
-        <v>390</v>
+        <v>383</v>
       </c>
       <c r="F91" s="1" t="s">
-        <v>391</v>
+        <v>380</v>
       </c>
     </row>
     <row r="92" spans="1:6">
       <c r="A92" t="s">
-        <v>392</v>
+        <v>384</v>
       </c>
       <c r="B92" t="s">
-        <v>17</v>
+        <v>13</v>
+      </c>
+      <c r="C92" t="s">
+        <v>385</v>
       </c>
       <c r="D92" t="s">
-        <v>393</v>
+        <v>386</v>
       </c>
       <c r="E92" t="s">
-        <v>394</v>
+        <v>387</v>
       </c>
       <c r="F92" s="1" t="s">
-        <v>395</v>
+        <v>388</v>
       </c>
     </row>
     <row r="93" spans="1:6">
       <c r="A93" t="s">
-        <v>396</v>
+        <v>389</v>
       </c>
       <c r="B93" t="s">
-        <v>17</v>
+        <v>7</v>
       </c>
       <c r="D93" t="s">
-        <v>397</v>
+        <v>390</v>
       </c>
       <c r="E93" t="s">
-        <v>398</v>
+        <v>391</v>
       </c>
       <c r="F93" s="1" t="s">
-        <v>399</v>
+        <v>392</v>
       </c>
     </row>
     <row r="94" spans="1:6">
       <c r="A94" t="s">
-        <v>400</v>
+        <v>393</v>
       </c>
       <c r="B94" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>401</v>
+        <v>13</v>
       </c>
       <c r="D94" t="s">
-        <v>402</v>
+        <v>394</v>
       </c>
       <c r="E94" t="s">
-        <v>403</v>
+        <v>395</v>
       </c>
       <c r="F94" s="1" t="s">
-        <v>404</v>
+        <v>396</v>
       </c>
     </row>
     <row r="95" spans="1:6">
       <c r="A95" t="s">
-        <v>405</v>
+        <v>397</v>
       </c>
       <c r="B95" t="s">
-        <v>17</v>
+        <v>7</v>
       </c>
       <c r="D95" t="s">
-        <v>406</v>
+        <v>398</v>
       </c>
       <c r="E95" t="s">
-        <v>407</v>
+        <v>399</v>
       </c>
       <c r="F95" s="1" t="s">
-        <v>408</v>
+        <v>400</v>
       </c>
     </row>
     <row r="96" spans="1:6">
       <c r="A96" t="s">
-        <v>409</v>
+        <v>401</v>
       </c>
       <c r="B96" t="s">
-        <v>17</v>
+        <v>7</v>
       </c>
       <c r="D96" t="s">
-        <v>410</v>
+        <v>402</v>
       </c>
       <c r="E96" t="s">
-        <v>411</v>
+        <v>403</v>
       </c>
       <c r="F96" s="1" t="s">
-        <v>412</v>
+        <v>404</v>
       </c>
     </row>
     <row r="97" spans="1:6">
       <c r="A97" t="s">
-        <v>413</v>
+        <v>405</v>
       </c>
       <c r="B97" t="s">
         <v>7</v>
       </c>
+      <c r="C97" t="s">
+        <v>406</v>
+      </c>
       <c r="D97" t="s">
-        <v>414</v>
+        <v>407</v>
       </c>
       <c r="E97" t="s">
-        <v>415</v>
+        <v>408</v>
       </c>
       <c r="F97" s="1" t="s">
-        <v>412</v>
+        <v>409</v>
       </c>
     </row>
     <row r="98" spans="1:6">
       <c r="A98" t="s">
-        <v>416</v>
+        <v>410</v>
       </c>
       <c r="B98" t="s">
         <v>7</v>
       </c>
+      <c r="C98" t="s">
+        <v>411</v>
+      </c>
       <c r="D98" t="s">
-        <v>417</v>
+        <v>412</v>
       </c>
       <c r="E98" t="s">
-        <v>418</v>
+        <v>413</v>
       </c>
       <c r="F98" s="1" t="s">
-        <v>419</v>
+        <v>414</v>
       </c>
     </row>
     <row r="99" spans="1:6">
       <c r="A99" t="s">
-        <v>420</v>
+        <v>415</v>
       </c>
       <c r="B99" t="s">
         <v>7</v>
       </c>
+      <c r="C99" t="s">
+        <v>416</v>
+      </c>
       <c r="D99" t="s">
-        <v>421</v>
+        <v>417</v>
       </c>
       <c r="E99" t="s">
-        <v>422</v>
+        <v>418</v>
       </c>
       <c r="F99" s="1" t="s">
-        <v>423</v>
+        <v>419</v>
       </c>
     </row>
     <row r="100" spans="1:6">
       <c r="A100" t="s">
-        <v>424</v>
+        <v>420</v>
       </c>
       <c r="B100" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>425</v>
+        <v>13</v>
       </c>
       <c r="D100" t="s">
-        <v>426</v>
+        <v>421</v>
       </c>
       <c r="E100" t="s">
-        <v>427</v>
+        <v>422</v>
       </c>
       <c r="F100" s="1" t="s">
-        <v>428</v>
+        <v>423</v>
       </c>
     </row>
     <row r="101" spans="1:6">
       <c r="A101" t="s">
-        <v>429</v>
+        <v>424</v>
       </c>
       <c r="B101" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>430</v>
+        <v>13</v>
       </c>
       <c r="D101" t="s">
-        <v>431</v>
+        <v>425</v>
       </c>
       <c r="E101" t="s">
-        <v>432</v>
+        <v>426</v>
       </c>
       <c r="F101" s="1" t="s">
-        <v>433</v>
+        <v>427</v>
       </c>
     </row>
     <row r="102" spans="1:6">
       <c r="A102" t="s">
-        <v>434</v>
+        <v>428</v>
       </c>
       <c r="B102" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="D102" t="s">
-        <v>435</v>
+        <v>429</v>
       </c>
       <c r="E102" t="s">
-        <v>436</v>
+        <v>430</v>
       </c>
       <c r="F102" s="1" t="s">
-        <v>437</v>
+        <v>431</v>
       </c>
     </row>
     <row r="103" spans="1:6">
       <c r="A103" t="s">
-        <v>438</v>
+        <v>432</v>
       </c>
       <c r="B103" t="s">
-        <v>17</v>
+        <v>7</v>
+      </c>
+      <c r="C103" t="s">
+        <v>433</v>
       </c>
       <c r="D103" t="s">
-        <v>439</v>
+        <v>434</v>
       </c>
       <c r="E103" t="s">
-        <v>440</v>
+        <v>435</v>
       </c>
       <c r="F103" s="1" t="s">
-        <v>441</v>
+        <v>436</v>
       </c>
     </row>
     <row r="104" spans="1:6">
       <c r="A104" t="s">
-        <v>442</v>
+        <v>437</v>
       </c>
       <c r="B104" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="D104" t="s">
-        <v>443</v>
+        <v>438</v>
       </c>
       <c r="E104" t="s">
-        <v>444</v>
+        <v>439</v>
       </c>
       <c r="F104" s="1" t="s">
-        <v>445</v>
+        <v>440</v>
       </c>
     </row>
     <row r="105" spans="1:6">
       <c r="A105" t="s">
-        <v>446</v>
+        <v>441</v>
       </c>
       <c r="B105" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="D105" t="s">
-        <v>447</v>
+        <v>442</v>
       </c>
       <c r="E105" t="s">
-        <v>448</v>
+        <v>443</v>
       </c>
       <c r="F105" s="1" t="s">
-        <v>449</v>
+        <v>444</v>
       </c>
     </row>
     <row r="106" spans="1:6">
       <c r="A106" t="s">
-        <v>450</v>
+        <v>445</v>
       </c>
       <c r="B106" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="D106" t="s">
-        <v>451</v>
+        <v>446</v>
       </c>
       <c r="E106" t="s">
-        <v>452</v>
+        <v>447</v>
       </c>
       <c r="F106" s="1" t="s">
-        <v>453</v>
+        <v>448</v>
       </c>
     </row>
     <row r="107" spans="1:6">
       <c r="A107" t="s">
-        <v>454</v>
+        <v>449</v>
       </c>
       <c r="B107" t="s">
         <v>7</v>
       </c>
       <c r="D107" t="s">
-        <v>455</v>
+        <v>450</v>
       </c>
       <c r="E107" t="s">
-        <v>456</v>
+        <v>451</v>
       </c>
       <c r="F107" s="1" t="s">
-        <v>457</v>
+        <v>448</v>
       </c>
     </row>
     <row r="108" spans="1:6">
       <c r="A108" t="s">
-        <v>458</v>
+        <v>452</v>
       </c>
       <c r="B108" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>459</v>
+        <v>13</v>
       </c>
       <c r="D108" t="s">
-        <v>460</v>
+        <v>453</v>
       </c>
       <c r="E108" t="s">
-        <v>461</v>
+        <v>454</v>
       </c>
       <c r="F108" s="1" t="s">
-        <v>462</v>
+        <v>455</v>
       </c>
     </row>
     <row r="109" spans="1:6">
       <c r="A109" t="s">
-        <v>463</v>
+        <v>456</v>
       </c>
       <c r="B109" t="s">
         <v>7</v>
       </c>
-      <c r="C109" t="s">
+      <c r="D109" t="s">
+        <v>457</v>
+      </c>
+      <c r="E109" t="s">
+        <v>458</v>
+      </c>
+      <c r="F109" s="1" t="s">
         <v>459</v>
-      </c>
-[...7 lines deleted...]
-        <v>466</v>
       </c>
     </row>
     <row r="110" spans="1:6">
       <c r="A110" t="s">
-        <v>467</v>
+        <v>460</v>
       </c>
       <c r="B110" t="s">
-        <v>17</v>
+        <v>7</v>
       </c>
       <c r="D110" t="s">
-        <v>468</v>
+        <v>461</v>
       </c>
       <c r="E110" t="s">
-        <v>469</v>
+        <v>462</v>
       </c>
       <c r="F110" s="1" t="s">
-        <v>470</v>
+        <v>463</v>
       </c>
     </row>
     <row r="111" spans="1:6">
       <c r="A111" t="s">
-        <v>471</v>
+        <v>464</v>
       </c>
       <c r="B111" t="s">
         <v>7</v>
       </c>
       <c r="C111" t="s">
-        <v>472</v>
+        <v>465</v>
       </c>
       <c r="D111" t="s">
-        <v>473</v>
+        <v>466</v>
       </c>
       <c r="E111" t="s">
-        <v>474</v>
+        <v>467</v>
       </c>
       <c r="F111" s="1" t="s">
-        <v>475</v>
+        <v>468</v>
       </c>
     </row>
     <row r="112" spans="1:6">
       <c r="A112" t="s">
-        <v>476</v>
+        <v>469</v>
       </c>
       <c r="B112" t="s">
-        <v>17</v>
+        <v>7</v>
       </c>
       <c r="C112" t="s">
+        <v>470</v>
+      </c>
+      <c r="D112" t="s">
+        <v>471</v>
+      </c>
+      <c r="E112" t="s">
         <v>472</v>
       </c>
-      <c r="D112" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F112" s="1" t="s">
-        <v>479</v>
+        <v>473</v>
       </c>
     </row>
     <row r="113" spans="1:6">
       <c r="A113" t="s">
-        <v>480</v>
+        <v>474</v>
       </c>
       <c r="B113" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="D113" t="s">
-        <v>481</v>
+        <v>475</v>
       </c>
       <c r="E113" t="s">
-        <v>482</v>
+        <v>476</v>
       </c>
       <c r="F113" s="1" t="s">
-        <v>483</v>
+        <v>477</v>
       </c>
     </row>
     <row r="114" spans="1:6">
       <c r="A114" t="s">
-        <v>484</v>
+        <v>478</v>
       </c>
       <c r="B114" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="D114" t="s">
-        <v>485</v>
+        <v>479</v>
       </c>
       <c r="E114" t="s">
-        <v>486</v>
+        <v>480</v>
       </c>
       <c r="F114" s="1" t="s">
-        <v>487</v>
+        <v>481</v>
       </c>
     </row>
     <row r="115" spans="1:6">
       <c r="A115" t="s">
-        <v>488</v>
+        <v>482</v>
       </c>
       <c r="B115" t="s">
-        <v>17</v>
+        <v>7</v>
       </c>
       <c r="D115" t="s">
-        <v>489</v>
+        <v>483</v>
       </c>
       <c r="E115" t="s">
-        <v>490</v>
+        <v>484</v>
       </c>
       <c r="F115" s="1" t="s">
-        <v>491</v>
+        <v>485</v>
       </c>
     </row>
     <row r="116" spans="1:6">
       <c r="A116" t="s">
-        <v>492</v>
+        <v>486</v>
       </c>
       <c r="B116" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>493</v>
+        <v>13</v>
       </c>
       <c r="D116" t="s">
-        <v>494</v>
+        <v>487</v>
       </c>
       <c r="E116" t="s">
-        <v>495</v>
+        <v>488</v>
       </c>
       <c r="F116" s="1" t="s">
-        <v>496</v>
+        <v>489</v>
       </c>
     </row>
     <row r="117" spans="1:6">
       <c r="A117" t="s">
-        <v>497</v>
+        <v>490</v>
       </c>
       <c r="B117" t="s">
         <v>7</v>
       </c>
       <c r="D117" t="s">
-        <v>498</v>
+        <v>491</v>
       </c>
       <c r="E117" t="s">
-        <v>499</v>
+        <v>492</v>
       </c>
       <c r="F117" s="1" t="s">
-        <v>500</v>
+        <v>269</v>
       </c>
     </row>
     <row r="118" spans="1:6">
       <c r="A118" t="s">
-        <v>501</v>
+        <v>493</v>
       </c>
       <c r="B118" t="s">
-        <v>17</v>
+        <v>7</v>
       </c>
       <c r="D118" t="s">
-        <v>502</v>
+        <v>494</v>
       </c>
       <c r="E118" t="s">
-        <v>503</v>
+        <v>495</v>
       </c>
       <c r="F118" s="1" t="s">
-        <v>504</v>
+        <v>496</v>
       </c>
     </row>
     <row r="119" spans="1:6">
       <c r="A119" t="s">
-        <v>505</v>
+        <v>497</v>
       </c>
       <c r="B119" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="D119" t="s">
-        <v>506</v>
+        <v>498</v>
       </c>
       <c r="E119" t="s">
-        <v>507</v>
+        <v>499</v>
       </c>
       <c r="F119" s="1" t="s">
-        <v>508</v>
+        <v>500</v>
       </c>
     </row>
     <row r="120" spans="1:6">
       <c r="A120" t="s">
-        <v>509</v>
+        <v>501</v>
       </c>
       <c r="B120" t="s">
         <v>7</v>
       </c>
       <c r="D120" t="s">
-        <v>510</v>
+        <v>502</v>
       </c>
       <c r="E120" t="s">
-        <v>511</v>
+        <v>503</v>
       </c>
       <c r="F120" s="1" t="s">
-        <v>512</v>
+        <v>504</v>
       </c>
     </row>
     <row r="121" spans="1:6">
       <c r="A121" t="s">
-        <v>513</v>
+        <v>505</v>
       </c>
       <c r="B121" t="s">
-        <v>17</v>
+        <v>7</v>
       </c>
       <c r="D121" t="s">
-        <v>514</v>
+        <v>506</v>
       </c>
       <c r="E121" t="s">
-        <v>515</v>
+        <v>507</v>
       </c>
       <c r="F121" s="1" t="s">
-        <v>516</v>
+        <v>508</v>
       </c>
     </row>
     <row r="122" spans="1:6">
       <c r="A122" t="s">
-        <v>517</v>
+        <v>509</v>
       </c>
       <c r="B122" t="s">
-        <v>7</v>
+        <v>13</v>
+      </c>
+      <c r="C122" t="s">
+        <v>510</v>
       </c>
       <c r="D122" t="s">
-        <v>518</v>
+        <v>511</v>
       </c>
       <c r="E122" t="s">
-        <v>519</v>
+        <v>512</v>
       </c>
       <c r="F122" s="1" t="s">
-        <v>520</v>
+        <v>513</v>
       </c>
     </row>
     <row r="123" spans="1:6">
       <c r="A123" t="s">
-        <v>521</v>
+        <v>514</v>
       </c>
       <c r="B123" t="s">
-        <v>17</v>
+        <v>7</v>
+      </c>
+      <c r="C123" t="s">
+        <v>510</v>
       </c>
       <c r="D123" t="s">
-        <v>522</v>
+        <v>515</v>
       </c>
       <c r="E123" t="s">
-        <v>523</v>
+        <v>516</v>
       </c>
       <c r="F123" s="1" t="s">
-        <v>524</v>
+        <v>517</v>
       </c>
     </row>
     <row r="124" spans="1:6">
       <c r="A124" t="s">
-        <v>525</v>
+        <v>518</v>
       </c>
       <c r="B124" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>526</v>
+        <v>13</v>
       </c>
       <c r="D124" t="s">
-        <v>527</v>
+        <v>519</v>
       </c>
       <c r="E124" t="s">
-        <v>528</v>
+        <v>520</v>
       </c>
       <c r="F124" s="1" t="s">
-        <v>529</v>
+        <v>521</v>
       </c>
     </row>
     <row r="125" spans="1:6">
       <c r="A125" t="s">
-        <v>530</v>
+        <v>522</v>
       </c>
       <c r="B125" t="s">
         <v>7</v>
       </c>
       <c r="C125" t="s">
+        <v>523</v>
+      </c>
+      <c r="D125" t="s">
+        <v>524</v>
+      </c>
+      <c r="E125" t="s">
+        <v>525</v>
+      </c>
+      <c r="F125" s="1" t="s">
         <v>526</v>
-      </c>
-[...7 lines deleted...]
-        <v>529</v>
       </c>
     </row>
     <row r="126" spans="1:6">
       <c r="A126" t="s">
-        <v>533</v>
+        <v>527</v>
       </c>
       <c r="B126" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="C126" t="s">
-        <v>534</v>
+        <v>523</v>
+      </c>
+      <c r="D126" t="s">
+        <v>528</v>
       </c>
       <c r="E126" t="s">
-        <v>535</v>
+        <v>529</v>
       </c>
       <c r="F126" s="1" t="s">
-        <v>536</v>
+        <v>530</v>
       </c>
     </row>
     <row r="127" spans="1:6">
       <c r="A127" t="s">
-        <v>537</v>
+        <v>531</v>
       </c>
       <c r="B127" t="s">
         <v>7</v>
       </c>
-      <c r="C127" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D127" t="s">
-        <v>539</v>
+        <v>532</v>
       </c>
       <c r="E127" t="s">
-        <v>540</v>
+        <v>533</v>
       </c>
       <c r="F127" s="1" t="s">
-        <v>541</v>
+        <v>534</v>
       </c>
     </row>
     <row r="128" spans="1:6">
       <c r="A128" t="s">
-        <v>542</v>
+        <v>535</v>
       </c>
       <c r="B128" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="C128" t="s">
+        <v>13</v>
+      </c>
+      <c r="D128" t="s">
+        <v>536</v>
+      </c>
+      <c r="E128" t="s">
+        <v>537</v>
+      </c>
+      <c r="F128" s="1" t="s">
         <v>538</v>
-      </c>
-[...7 lines deleted...]
-        <v>545</v>
       </c>
     </row>
     <row r="129" spans="1:6">
       <c r="A129" t="s">
-        <v>546</v>
+        <v>539</v>
       </c>
       <c r="B129" t="s">
         <v>7</v>
       </c>
       <c r="C129" t="s">
-        <v>547</v>
+        <v>540</v>
+      </c>
+      <c r="D129" t="s">
+        <v>541</v>
       </c>
       <c r="E129" t="s">
-        <v>548</v>
+        <v>542</v>
       </c>
       <c r="F129" s="1" t="s">
-        <v>549</v>
+        <v>543</v>
       </c>
     </row>
     <row r="130" spans="1:6">
       <c r="A130" t="s">
-        <v>550</v>
+        <v>544</v>
       </c>
       <c r="B130" t="s">
         <v>7</v>
       </c>
       <c r="D130" t="s">
-        <v>551</v>
+        <v>545</v>
       </c>
       <c r="E130" t="s">
-        <v>552</v>
+        <v>546</v>
       </c>
       <c r="F130" s="1" t="s">
-        <v>553</v>
+        <v>547</v>
       </c>
     </row>
     <row r="131" spans="1:6">
       <c r="A131" t="s">
+        <v>548</v>
+      </c>
+      <c r="B131" t="s">
+        <v>13</v>
+      </c>
+      <c r="D131" t="s">
+        <v>549</v>
+      </c>
+      <c r="E131" t="s">
         <v>550</v>
       </c>
-      <c r="B131" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F131" s="1" t="s">
-        <v>556</v>
+        <v>551</v>
       </c>
     </row>
     <row r="132" spans="1:6">
       <c r="A132" t="s">
-        <v>557</v>
+        <v>552</v>
       </c>
       <c r="B132" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>558</v>
+        <v>13</v>
       </c>
       <c r="D132" t="s">
-        <v>559</v>
+        <v>553</v>
       </c>
       <c r="E132" t="s">
-        <v>560</v>
+        <v>554</v>
       </c>
       <c r="F132" s="1" t="s">
-        <v>561</v>
+        <v>555</v>
       </c>
     </row>
     <row r="133" spans="1:6">
       <c r="A133" t="s">
-        <v>562</v>
+        <v>556</v>
       </c>
       <c r="B133" t="s">
-        <v>17</v>
+        <v>7</v>
       </c>
       <c r="D133" t="s">
-        <v>563</v>
+        <v>557</v>
       </c>
       <c r="E133" t="s">
-        <v>564</v>
+        <v>558</v>
       </c>
       <c r="F133" s="1" t="s">
-        <v>565</v>
+        <v>559</v>
       </c>
     </row>
     <row r="134" spans="1:6">
       <c r="A134" t="s">
-        <v>566</v>
+        <v>560</v>
       </c>
       <c r="B134" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="D134" t="s">
-        <v>567</v>
+        <v>561</v>
       </c>
       <c r="E134" t="s">
-        <v>568</v>
+        <v>562</v>
       </c>
       <c r="F134" s="1" t="s">
-        <v>569</v>
+        <v>563</v>
       </c>
     </row>
     <row r="135" spans="1:6">
       <c r="A135" t="s">
-        <v>570</v>
+        <v>564</v>
       </c>
       <c r="B135" t="s">
         <v>7</v>
       </c>
-      <c r="C135" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D135" t="s">
-        <v>572</v>
+        <v>565</v>
       </c>
       <c r="E135" t="s">
-        <v>573</v>
+        <v>566</v>
       </c>
       <c r="F135" s="1" t="s">
-        <v>574</v>
+        <v>567</v>
       </c>
     </row>
     <row r="136" spans="1:6">
       <c r="A136" t="s">
-        <v>575</v>
+        <v>568</v>
       </c>
       <c r="B136" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="D136" t="s">
-        <v>576</v>
+        <v>569</v>
       </c>
       <c r="E136" t="s">
-        <v>577</v>
+        <v>570</v>
       </c>
       <c r="F136" s="1" t="s">
-        <v>578</v>
+        <v>571</v>
       </c>
     </row>
     <row r="137" spans="1:6">
       <c r="A137" t="s">
-        <v>579</v>
+        <v>572</v>
       </c>
       <c r="B137" t="s">
         <v>7</v>
       </c>
-      <c r="C137" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D137" t="s">
-        <v>581</v>
+        <v>573</v>
       </c>
       <c r="E137" t="s">
-        <v>582</v>
+        <v>574</v>
       </c>
       <c r="F137" s="1" t="s">
-        <v>583</v>
+        <v>575</v>
       </c>
     </row>
     <row r="138" spans="1:6">
       <c r="A138" t="s">
-        <v>584</v>
+        <v>576</v>
       </c>
       <c r="B138" t="s">
-        <v>17</v>
+        <v>13</v>
+      </c>
+      <c r="C138" t="s">
+        <v>577</v>
       </c>
       <c r="D138" t="s">
-        <v>585</v>
+        <v>578</v>
       </c>
       <c r="E138" t="s">
-        <v>586</v>
+        <v>579</v>
       </c>
       <c r="F138" s="1" t="s">
-        <v>587</v>
+        <v>580</v>
       </c>
     </row>
     <row r="139" spans="1:6">
       <c r="A139" t="s">
-        <v>588</v>
+        <v>581</v>
       </c>
       <c r="B139" t="s">
         <v>7</v>
       </c>
       <c r="C139" t="s">
-        <v>589</v>
+        <v>577</v>
       </c>
       <c r="D139" t="s">
-        <v>590</v>
+        <v>582</v>
       </c>
       <c r="E139" t="s">
-        <v>591</v>
+        <v>583</v>
       </c>
       <c r="F139" s="1" t="s">
-        <v>592</v>
+        <v>580</v>
       </c>
     </row>
     <row r="140" spans="1:6">
       <c r="A140" t="s">
-        <v>593</v>
+        <v>584</v>
       </c>
       <c r="B140" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>594</v>
+        <v>13</v>
+      </c>
+      <c r="C140" t="s">
+        <v>585</v>
       </c>
       <c r="E140" t="s">
-        <v>595</v>
+        <v>586</v>
       </c>
       <c r="F140" s="1" t="s">
-        <v>596</v>
+        <v>587</v>
       </c>
     </row>
     <row r="141" spans="1:6">
       <c r="A141" t="s">
-        <v>597</v>
+        <v>588</v>
       </c>
       <c r="B141" t="s">
-        <v>17</v>
+        <v>7</v>
+      </c>
+      <c r="C141" t="s">
+        <v>589</v>
       </c>
       <c r="D141" t="s">
-        <v>598</v>
+        <v>590</v>
       </c>
       <c r="E141" t="s">
-        <v>599</v>
+        <v>591</v>
       </c>
       <c r="F141" s="1" t="s">
-        <v>600</v>
+        <v>592</v>
       </c>
     </row>
     <row r="142" spans="1:6">
       <c r="A142" t="s">
-        <v>601</v>
+        <v>593</v>
       </c>
       <c r="B142" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="C142" t="s">
-        <v>602</v>
+        <v>589</v>
       </c>
       <c r="D142" t="s">
-        <v>603</v>
+        <v>594</v>
       </c>
       <c r="E142" t="s">
-        <v>604</v>
+        <v>595</v>
       </c>
       <c r="F142" s="1" t="s">
-        <v>605</v>
+        <v>596</v>
       </c>
     </row>
     <row r="143" spans="1:6">
       <c r="A143" t="s">
-        <v>606</v>
+        <v>597</v>
       </c>
       <c r="B143" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>607</v>
+        <v>7</v>
+      </c>
+      <c r="C143" t="s">
+        <v>598</v>
       </c>
       <c r="E143" t="s">
-        <v>608</v>
+        <v>599</v>
       </c>
       <c r="F143" s="1" t="s">
-        <v>609</v>
+        <v>600</v>
       </c>
     </row>
     <row r="144" spans="1:6">
       <c r="A144" t="s">
-        <v>610</v>
+        <v>601</v>
       </c>
       <c r="B144" t="s">
         <v>7</v>
       </c>
       <c r="D144" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="E144" t="s">
-        <v>612</v>
+        <v>603</v>
       </c>
       <c r="F144" s="1" t="s">
-        <v>613</v>
+        <v>604</v>
       </c>
     </row>
     <row r="145" spans="1:6">
       <c r="A145" t="s">
-        <v>614</v>
+        <v>605</v>
       </c>
       <c r="B145" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>615</v>
+        <v>13</v>
       </c>
       <c r="D145" t="s">
-        <v>616</v>
+        <v>606</v>
       </c>
       <c r="E145" t="s">
-        <v>617</v>
+        <v>607</v>
       </c>
       <c r="F145" s="1" t="s">
-        <v>618</v>
+        <v>608</v>
       </c>
     </row>
     <row r="146" spans="1:6">
       <c r="A146" t="s">
-        <v>619</v>
+        <v>609</v>
       </c>
       <c r="B146" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>620</v>
+        <v>7</v>
+      </c>
+      <c r="D146" t="s">
+        <v>610</v>
       </c>
       <c r="E146" t="s">
-        <v>621</v>
+        <v>611</v>
       </c>
       <c r="F146" s="1" t="s">
-        <v>622</v>
+        <v>612</v>
       </c>
     </row>
     <row r="147" spans="1:6">
       <c r="A147" t="s">
-        <v>623</v>
+        <v>613</v>
       </c>
       <c r="B147" t="s">
-        <v>7</v>
+        <v>13</v>
+      </c>
+      <c r="C147" t="s">
+        <v>614</v>
       </c>
       <c r="D147" t="s">
-        <v>624</v>
+        <v>615</v>
       </c>
       <c r="E147" t="s">
-        <v>625</v>
+        <v>616</v>
       </c>
       <c r="F147" s="1" t="s">
-        <v>622</v>
+        <v>617</v>
       </c>
     </row>
     <row r="148" spans="1:6">
       <c r="A148" t="s">
-        <v>626</v>
+        <v>618</v>
       </c>
       <c r="B148" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="D148" t="s">
-        <v>627</v>
+        <v>619</v>
       </c>
       <c r="E148" t="s">
-        <v>628</v>
+        <v>620</v>
       </c>
       <c r="F148" s="1" t="s">
-        <v>629</v>
+        <v>621</v>
       </c>
     </row>
     <row r="149" spans="1:6">
       <c r="A149" t="s">
-        <v>630</v>
+        <v>622</v>
       </c>
       <c r="B149" t="s">
         <v>7</v>
       </c>
-      <c r="C149" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D149" t="s">
-        <v>632</v>
+        <v>623</v>
       </c>
       <c r="E149" t="s">
-        <v>633</v>
+        <v>624</v>
       </c>
       <c r="F149" s="1" t="s">
-        <v>634</v>
+        <v>625</v>
       </c>
     </row>
     <row r="150" spans="1:6">
       <c r="A150" t="s">
-        <v>635</v>
+        <v>626</v>
       </c>
       <c r="B150" t="s">
         <v>7</v>
       </c>
-      <c r="C150" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D150" t="s">
-        <v>637</v>
+        <v>627</v>
       </c>
       <c r="E150" t="s">
-        <v>638</v>
+        <v>628</v>
       </c>
       <c r="F150" s="1" t="s">
-        <v>639</v>
+        <v>629</v>
       </c>
     </row>
     <row r="151" spans="1:6">
       <c r="A151" t="s">
-        <v>640</v>
+        <v>630</v>
       </c>
       <c r="B151" t="s">
         <v>7</v>
       </c>
       <c r="C151" t="s">
-        <v>641</v>
+        <v>631</v>
       </c>
       <c r="D151" t="s">
-        <v>642</v>
+        <v>632</v>
       </c>
       <c r="E151" t="s">
-        <v>643</v>
+        <v>633</v>
       </c>
       <c r="F151" s="1" t="s">
-        <v>644</v>
+        <v>634</v>
       </c>
     </row>
     <row r="152" spans="1:6">
       <c r="A152" t="s">
-        <v>645</v>
+        <v>635</v>
       </c>
       <c r="B152" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="D152" t="s">
-        <v>646</v>
+        <v>636</v>
       </c>
       <c r="E152" t="s">
-        <v>647</v>
+        <v>637</v>
       </c>
       <c r="F152" s="1" t="s">
-        <v>648</v>
+        <v>638</v>
       </c>
     </row>
     <row r="153" spans="1:6">
       <c r="A153" t="s">
-        <v>649</v>
+        <v>639</v>
       </c>
       <c r="B153" t="s">
         <v>7</v>
       </c>
       <c r="C153" t="s">
-        <v>650</v>
+        <v>640</v>
       </c>
       <c r="D153" t="s">
-        <v>651</v>
+        <v>641</v>
       </c>
       <c r="E153" t="s">
-        <v>652</v>
+        <v>642</v>
       </c>
       <c r="F153" s="1" t="s">
-        <v>653</v>
+        <v>643</v>
       </c>
     </row>
     <row r="154" spans="1:6">
       <c r="A154" t="s">
-        <v>654</v>
+        <v>644</v>
       </c>
       <c r="B154" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="D154" t="s">
-        <v>655</v>
+        <v>645</v>
       </c>
       <c r="E154" t="s">
-        <v>656</v>
+        <v>646</v>
       </c>
       <c r="F154" s="1" t="s">
-        <v>657</v>
+        <v>647</v>
       </c>
     </row>
     <row r="155" spans="1:6">
       <c r="A155" t="s">
-        <v>658</v>
+        <v>648</v>
       </c>
       <c r="B155" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>659</v>
+        <v>7</v>
       </c>
       <c r="D155" t="s">
-        <v>660</v>
+        <v>649</v>
       </c>
       <c r="E155" t="s">
-        <v>661</v>
+        <v>650</v>
       </c>
       <c r="F155" s="1" t="s">
-        <v>662</v>
+        <v>651</v>
       </c>
     </row>
     <row r="156" spans="1:6">
       <c r="A156" t="s">
-        <v>663</v>
+        <v>652</v>
       </c>
       <c r="B156" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>664</v>
+        <v>13</v>
       </c>
       <c r="D156" t="s">
-        <v>665</v>
+        <v>653</v>
       </c>
       <c r="E156" t="s">
-        <v>666</v>
+        <v>654</v>
       </c>
       <c r="F156" s="1" t="s">
-        <v>667</v>
+        <v>655</v>
       </c>
     </row>
     <row r="157" spans="1:6">
       <c r="A157" t="s">
-        <v>668</v>
+        <v>656</v>
       </c>
       <c r="B157" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>664</v>
+        <v>13</v>
       </c>
       <c r="D157" t="s">
-        <v>669</v>
+        <v>657</v>
       </c>
       <c r="E157" t="s">
-        <v>670</v>
+        <v>658</v>
       </c>
       <c r="F157" s="1" t="s">
-        <v>671</v>
+        <v>659</v>
       </c>
     </row>
     <row r="158" spans="1:6">
       <c r="A158" t="s">
-        <v>672</v>
+        <v>660</v>
       </c>
       <c r="B158" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="C158" t="s">
-        <v>673</v>
+        <v>661</v>
       </c>
       <c r="D158" t="s">
-        <v>674</v>
+        <v>662</v>
       </c>
       <c r="E158" t="s">
-        <v>675</v>
+        <v>663</v>
       </c>
       <c r="F158" s="1" t="s">
-        <v>676</v>
+        <v>664</v>
       </c>
     </row>
     <row r="159" spans="1:6">
       <c r="A159" t="s">
-        <v>677</v>
+        <v>665</v>
       </c>
       <c r="B159" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="D159" t="s">
-        <v>678</v>
+        <v>666</v>
       </c>
       <c r="E159" t="s">
-        <v>679</v>
+        <v>667</v>
       </c>
       <c r="F159" s="1" t="s">
-        <v>680</v>
+        <v>668</v>
       </c>
     </row>
     <row r="160" spans="1:6">
       <c r="A160" t="s">
-        <v>681</v>
+        <v>669</v>
       </c>
       <c r="B160" t="s">
-        <v>17</v>
+        <v>7</v>
       </c>
       <c r="D160" t="s">
-        <v>682</v>
+        <v>670</v>
       </c>
       <c r="E160" t="s">
-        <v>683</v>
+        <v>671</v>
       </c>
       <c r="F160" s="1" t="s">
-        <v>684</v>
+        <v>672</v>
       </c>
     </row>
     <row r="161" spans="1:6">
       <c r="A161" t="s">
-        <v>685</v>
+        <v>673</v>
       </c>
       <c r="B161" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>686</v>
+        <v>13</v>
       </c>
       <c r="D161" t="s">
-        <v>687</v>
+        <v>674</v>
       </c>
       <c r="E161" t="s">
-        <v>688</v>
+        <v>675</v>
       </c>
       <c r="F161" s="1" t="s">
-        <v>689</v>
+        <v>676</v>
       </c>
     </row>
     <row r="162" spans="1:6">
       <c r="A162" t="s">
-        <v>690</v>
+        <v>677</v>
       </c>
       <c r="B162" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="C162" t="s">
-        <v>691</v>
+        <v>678</v>
       </c>
       <c r="D162" t="s">
-        <v>692</v>
+        <v>679</v>
       </c>
       <c r="E162" t="s">
-        <v>693</v>
+        <v>680</v>
       </c>
       <c r="F162" s="1" t="s">
-        <v>694</v>
+        <v>681</v>
       </c>
     </row>
     <row r="163" spans="1:6">
       <c r="A163" t="s">
-        <v>695</v>
+        <v>682</v>
       </c>
       <c r="B163" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="C163" t="s">
-        <v>696</v>
-[...2 lines deleted...]
-        <v>697</v>
+        <v>683</v>
       </c>
       <c r="E163" t="s">
-        <v>698</v>
+        <v>684</v>
       </c>
       <c r="F163" s="1" t="s">
-        <v>699</v>
+        <v>685</v>
       </c>
     </row>
     <row r="164" spans="1:6">
       <c r="A164" t="s">
-        <v>700</v>
+        <v>686</v>
       </c>
       <c r="B164" t="s">
         <v>7</v>
       </c>
-      <c r="C164" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D164" t="s">
-        <v>702</v>
+        <v>687</v>
       </c>
       <c r="E164" t="s">
-        <v>703</v>
+        <v>688</v>
       </c>
       <c r="F164" s="1" t="s">
-        <v>704</v>
+        <v>689</v>
       </c>
     </row>
     <row r="165" spans="1:6">
       <c r="A165" t="s">
-        <v>705</v>
+        <v>690</v>
       </c>
       <c r="B165" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>706</v>
+        <v>13</v>
       </c>
       <c r="D165" t="s">
-        <v>707</v>
+        <v>691</v>
       </c>
       <c r="E165" t="s">
-        <v>708</v>
+        <v>692</v>
       </c>
       <c r="F165" s="1" t="s">
-        <v>709</v>
+        <v>693</v>
       </c>
     </row>
     <row r="166" spans="1:6">
       <c r="A166" t="s">
-        <v>710</v>
+        <v>694</v>
       </c>
       <c r="B166" t="s">
-        <v>17</v>
+        <v>7</v>
       </c>
       <c r="C166" t="s">
-        <v>706</v>
+        <v>695</v>
       </c>
       <c r="D166" t="s">
-        <v>711</v>
+        <v>696</v>
       </c>
       <c r="E166" t="s">
-        <v>712</v>
+        <v>697</v>
       </c>
       <c r="F166" s="1" t="s">
-        <v>713</v>
+        <v>698</v>
       </c>
     </row>
     <row r="167" spans="1:6">
       <c r="A167" t="s">
-        <v>714</v>
+        <v>699</v>
       </c>
       <c r="B167" t="s">
         <v>7</v>
       </c>
       <c r="C167" t="s">
-        <v>715</v>
+        <v>700</v>
       </c>
       <c r="D167" t="s">
-        <v>716</v>
+        <v>701</v>
       </c>
       <c r="E167" t="s">
-        <v>717</v>
+        <v>702</v>
       </c>
       <c r="F167" s="1" t="s">
-        <v>718</v>
+        <v>703</v>
       </c>
     </row>
     <row r="168" spans="1:6">
       <c r="A168" t="s">
-        <v>719</v>
+        <v>704</v>
       </c>
       <c r="B168" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="D168" t="s">
-        <v>720</v>
+        <v>705</v>
       </c>
       <c r="E168" t="s">
-        <v>721</v>
+        <v>706</v>
       </c>
       <c r="F168" s="1" t="s">
-        <v>722</v>
+        <v>707</v>
       </c>
     </row>
     <row r="169" spans="1:6">
       <c r="A169" t="s">
-        <v>723</v>
+        <v>708</v>
       </c>
       <c r="B169" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>724</v>
+        <v>13</v>
+      </c>
+      <c r="D169" t="s">
+        <v>709</v>
       </c>
       <c r="E169" t="s">
-        <v>725</v>
+        <v>710</v>
       </c>
       <c r="F169" s="1" t="s">
-        <v>726</v>
+        <v>711</v>
       </c>
     </row>
     <row r="170" spans="1:6">
       <c r="A170" t="s">
-        <v>727</v>
+        <v>712</v>
       </c>
       <c r="B170" t="s">
         <v>7</v>
       </c>
       <c r="D170" t="s">
-        <v>728</v>
+        <v>713</v>
       </c>
       <c r="E170" t="s">
-        <v>729</v>
+        <v>714</v>
       </c>
       <c r="F170" s="1" t="s">
-        <v>730</v>
+        <v>711</v>
       </c>
     </row>
     <row r="171" spans="1:6">
       <c r="A171" t="s">
-        <v>731</v>
+        <v>715</v>
       </c>
       <c r="B171" t="s">
-        <v>17</v>
+        <v>7</v>
       </c>
       <c r="D171" t="s">
-        <v>732</v>
+        <v>716</v>
       </c>
       <c r="E171" t="s">
-        <v>733</v>
+        <v>717</v>
       </c>
       <c r="F171" s="1" t="s">
-        <v>730</v>
+        <v>718</v>
       </c>
     </row>
     <row r="172" spans="1:6">
       <c r="A172" t="s">
-        <v>734</v>
+        <v>719</v>
       </c>
       <c r="B172" t="s">
         <v>7</v>
       </c>
       <c r="D172" t="s">
-        <v>735</v>
+        <v>720</v>
       </c>
       <c r="E172" t="s">
-        <v>736</v>
+        <v>721</v>
       </c>
       <c r="F172" s="1" t="s">
-        <v>737</v>
+        <v>722</v>
       </c>
     </row>
     <row r="173" spans="1:6">
       <c r="A173" t="s">
-        <v>738</v>
+        <v>723</v>
       </c>
       <c r="B173" t="s">
-        <v>7</v>
+        <v>13</v>
+      </c>
+      <c r="C173" t="s">
+        <v>724</v>
       </c>
       <c r="D173" t="s">
-        <v>739</v>
+        <v>725</v>
       </c>
       <c r="E173" t="s">
-        <v>740</v>
+        <v>726</v>
       </c>
       <c r="F173" s="1" t="s">
-        <v>741</v>
+        <v>727</v>
       </c>
     </row>
     <row r="174" spans="1:6">
       <c r="A174" t="s">
-        <v>742</v>
+        <v>728</v>
       </c>
       <c r="B174" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="C174" t="s">
-        <v>743</v>
+        <v>729</v>
       </c>
       <c r="D174" t="s">
-        <v>744</v>
+        <v>730</v>
       </c>
       <c r="E174" t="s">
-        <v>745</v>
+        <v>731</v>
       </c>
       <c r="F174" s="1" t="s">
-        <v>746</v>
+        <v>732</v>
       </c>
     </row>
     <row r="175" spans="1:6">
       <c r="A175" t="s">
-        <v>747</v>
+        <v>733</v>
       </c>
       <c r="B175" t="s">
-        <v>17</v>
+        <v>7</v>
       </c>
       <c r="C175" t="s">
-        <v>743</v>
+        <v>729</v>
       </c>
       <c r="D175" t="s">
-        <v>748</v>
+        <v>734</v>
       </c>
       <c r="E175" t="s">
-        <v>749</v>
+        <v>735</v>
       </c>
       <c r="F175" s="1" t="s">
-        <v>750</v>
+        <v>736</v>
       </c>
     </row>
     <row r="176" spans="1:6">
       <c r="A176" t="s">
-        <v>751</v>
+        <v>737</v>
       </c>
       <c r="B176" t="s">
         <v>7</v>
       </c>
       <c r="D176" t="s">
-        <v>752</v>
+        <v>738</v>
       </c>
       <c r="E176" t="s">
-        <v>753</v>
+        <v>739</v>
       </c>
       <c r="F176" s="1" t="s">
-        <v>754</v>
+        <v>740</v>
       </c>
     </row>
     <row r="177" spans="1:6">
       <c r="A177" t="s">
-        <v>755</v>
+        <v>741</v>
       </c>
       <c r="B177" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>756</v>
+        <v>13</v>
       </c>
       <c r="D177" t="s">
-        <v>757</v>
+        <v>742</v>
       </c>
       <c r="E177" t="s">
-        <v>758</v>
+        <v>743</v>
       </c>
       <c r="F177" s="1" t="s">
-        <v>759</v>
+        <v>744</v>
       </c>
     </row>
     <row r="178" spans="1:6">
       <c r="A178" t="s">
-        <v>760</v>
+        <v>745</v>
       </c>
       <c r="B178" t="s">
-        <v>17</v>
+        <v>7</v>
+      </c>
+      <c r="C178" t="s">
+        <v>746</v>
       </c>
       <c r="D178" t="s">
-        <v>761</v>
+        <v>747</v>
       </c>
       <c r="E178" t="s">
-        <v>762</v>
+        <v>748</v>
       </c>
       <c r="F178" s="1" t="s">
-        <v>763</v>
+        <v>749</v>
       </c>
     </row>
     <row r="179" spans="1:6">
       <c r="A179" t="s">
-        <v>764</v>
+        <v>750</v>
       </c>
       <c r="B179" t="s">
         <v>7</v>
       </c>
+      <c r="C179" t="s">
+        <v>751</v>
+      </c>
       <c r="D179" t="s">
-        <v>765</v>
+        <v>752</v>
       </c>
       <c r="E179" t="s">
-        <v>766</v>
+        <v>753</v>
       </c>
       <c r="F179" s="1" t="s">
-        <v>767</v>
+        <v>754</v>
       </c>
     </row>
     <row r="180" spans="1:6">
       <c r="A180" t="s">
-        <v>768</v>
+        <v>755</v>
       </c>
       <c r="B180" t="s">
         <v>7</v>
       </c>
       <c r="C180" t="s">
-        <v>769</v>
+        <v>756</v>
       </c>
       <c r="D180" t="s">
-        <v>770</v>
+        <v>757</v>
       </c>
       <c r="E180" t="s">
-        <v>771</v>
+        <v>758</v>
       </c>
       <c r="F180" s="1" t="s">
-        <v>772</v>
+        <v>759</v>
       </c>
     </row>
     <row r="181" spans="1:6">
       <c r="A181" t="s">
-        <v>773</v>
+        <v>760</v>
       </c>
       <c r="B181" t="s">
         <v>7</v>
       </c>
       <c r="C181" t="s">
-        <v>774</v>
+        <v>761</v>
       </c>
       <c r="D181" t="s">
-        <v>775</v>
+        <v>762</v>
       </c>
       <c r="E181" t="s">
-        <v>776</v>
+        <v>763</v>
       </c>
       <c r="F181" s="1" t="s">
-        <v>777</v>
+        <v>764</v>
       </c>
     </row>
     <row r="182" spans="1:6">
       <c r="A182" t="s">
-        <v>778</v>
+        <v>765</v>
       </c>
       <c r="B182" t="s">
         <v>7</v>
       </c>
       <c r="D182" t="s">
-        <v>779</v>
+        <v>766</v>
       </c>
       <c r="E182" t="s">
-        <v>780</v>
+        <v>767</v>
       </c>
       <c r="F182" s="1" t="s">
-        <v>781</v>
+        <v>768</v>
       </c>
     </row>
     <row r="183" spans="1:6">
       <c r="A183" t="s">
-        <v>782</v>
+        <v>769</v>
       </c>
       <c r="B183" t="s">
-        <v>17</v>
+        <v>7</v>
+      </c>
+      <c r="C183" t="s">
+        <v>770</v>
       </c>
       <c r="D183" t="s">
-        <v>783</v>
+        <v>771</v>
       </c>
       <c r="E183" t="s">
-        <v>784</v>
+        <v>772</v>
       </c>
       <c r="F183" s="1" t="s">
-        <v>785</v>
+        <v>773</v>
       </c>
     </row>
     <row r="184" spans="1:6">
       <c r="A184" t="s">
-        <v>786</v>
+        <v>774</v>
       </c>
       <c r="B184" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="C184" t="s">
-        <v>365</v>
+        <v>770</v>
       </c>
       <c r="D184" t="s">
-        <v>787</v>
+        <v>775</v>
       </c>
       <c r="E184" t="s">
-        <v>788</v>
+        <v>776</v>
       </c>
       <c r="F184" s="1" t="s">
-        <v>789</v>
+        <v>777</v>
       </c>
     </row>
     <row r="185" spans="1:6">
       <c r="A185" t="s">
-        <v>790</v>
+        <v>778</v>
       </c>
       <c r="B185" t="s">
         <v>7</v>
       </c>
-      <c r="C185" t="s">
-        <v>791</v>
+      <c r="D185" t="s">
+        <v>779</v>
       </c>
       <c r="E185" t="s">
-        <v>792</v>
+        <v>780</v>
       </c>
       <c r="F185" s="1" t="s">
-        <v>793</v>
+        <v>781</v>
       </c>
     </row>
     <row r="186" spans="1:6">
       <c r="A186" t="s">
-        <v>794</v>
+        <v>782</v>
       </c>
       <c r="B186" t="s">
-        <v>17</v>
+        <v>7</v>
+      </c>
+      <c r="C186" t="s">
+        <v>783</v>
       </c>
       <c r="D186" t="s">
-        <v>795</v>
+        <v>784</v>
       </c>
       <c r="E186" t="s">
-        <v>796</v>
+        <v>785</v>
       </c>
       <c r="F186" s="1" t="s">
-        <v>797</v>
+        <v>786</v>
       </c>
     </row>
     <row r="187" spans="1:6">
       <c r="A187" t="s">
-        <v>798</v>
+        <v>787</v>
       </c>
       <c r="B187" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>799</v>
+        <v>7</v>
       </c>
       <c r="D187" t="s">
-        <v>800</v>
+        <v>788</v>
       </c>
       <c r="E187" t="s">
-        <v>801</v>
+        <v>789</v>
       </c>
       <c r="F187" s="1" t="s">
-        <v>802</v>
+        <v>790</v>
       </c>
     </row>
     <row r="188" spans="1:6">
       <c r="A188" t="s">
-        <v>803</v>
+        <v>791</v>
       </c>
       <c r="B188" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="C188" t="s">
-        <v>804</v>
-[...2 lines deleted...]
-        <v>805</v>
+        <v>792</v>
       </c>
       <c r="E188" t="s">
-        <v>806</v>
+        <v>793</v>
       </c>
       <c r="F188" s="1" t="s">
-        <v>807</v>
+        <v>794</v>
       </c>
     </row>
     <row r="189" spans="1:6">
       <c r="A189" t="s">
-        <v>808</v>
+        <v>795</v>
       </c>
       <c r="B189" t="s">
         <v>7</v>
       </c>
-      <c r="C189" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D189" t="s">
-        <v>810</v>
+        <v>796</v>
       </c>
       <c r="E189" t="s">
-        <v>811</v>
+        <v>797</v>
       </c>
       <c r="F189" s="1" t="s">
-        <v>812</v>
+        <v>798</v>
       </c>
     </row>
     <row r="190" spans="1:6">
       <c r="A190" t="s">
-        <v>813</v>
+        <v>799</v>
       </c>
       <c r="B190" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="D190" t="s">
-        <v>814</v>
+        <v>800</v>
       </c>
       <c r="E190" t="s">
-        <v>815</v>
+        <v>801</v>
       </c>
       <c r="F190" s="1" t="s">
-        <v>816</v>
+        <v>798</v>
       </c>
     </row>
     <row r="191" spans="1:6">
       <c r="A191" t="s">
-        <v>817</v>
+        <v>802</v>
       </c>
       <c r="B191" t="s">
-        <v>17</v>
+        <v>7</v>
       </c>
       <c r="D191" t="s">
-        <v>818</v>
+        <v>803</v>
       </c>
       <c r="E191" t="s">
-        <v>819</v>
+        <v>804</v>
       </c>
       <c r="F191" s="1" t="s">
-        <v>820</v>
+        <v>805</v>
       </c>
     </row>
     <row r="192" spans="1:6">
       <c r="A192" t="s">
-        <v>821</v>
+        <v>806</v>
       </c>
       <c r="B192" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>822</v>
+        <v>7</v>
       </c>
       <c r="D192" t="s">
-        <v>823</v>
+        <v>807</v>
       </c>
       <c r="E192" t="s">
-        <v>824</v>
+        <v>808</v>
       </c>
       <c r="F192" s="1" t="s">
-        <v>825</v>
+        <v>809</v>
       </c>
     </row>
     <row r="193" spans="1:6">
       <c r="A193" t="s">
-        <v>826</v>
+        <v>810</v>
       </c>
       <c r="B193" t="s">
         <v>7</v>
       </c>
       <c r="C193" t="s">
-        <v>822</v>
+        <v>811</v>
       </c>
       <c r="D193" t="s">
-        <v>827</v>
+        <v>812</v>
       </c>
       <c r="E193" t="s">
-        <v>828</v>
+        <v>813</v>
       </c>
       <c r="F193" s="1" t="s">
-        <v>829</v>
+        <v>814</v>
       </c>
     </row>
     <row r="194" spans="1:6">
       <c r="A194" t="s">
-        <v>830</v>
+        <v>815</v>
       </c>
       <c r="B194" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>831</v>
+        <v>7</v>
       </c>
       <c r="D194" t="s">
-        <v>831</v>
+        <v>816</v>
       </c>
       <c r="E194" t="s">
-        <v>832</v>
+        <v>817</v>
       </c>
       <c r="F194" s="1" t="s">
-        <v>833</v>
+        <v>818</v>
       </c>
     </row>
     <row r="195" spans="1:6">
       <c r="A195" t="s">
-        <v>834</v>
+        <v>819</v>
       </c>
       <c r="B195" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="C195" t="s">
-        <v>835</v>
+        <v>811</v>
       </c>
       <c r="D195" t="s">
-        <v>836</v>
+        <v>820</v>
       </c>
       <c r="E195" t="s">
-        <v>837</v>
+        <v>821</v>
       </c>
       <c r="F195" s="1" t="s">
-        <v>838</v>
+        <v>822</v>
       </c>
     </row>
     <row r="196" spans="1:6">
       <c r="A196" t="s">
-        <v>839</v>
+        <v>823</v>
       </c>
       <c r="B196" t="s">
         <v>7</v>
       </c>
       <c r="D196" t="s">
-        <v>840</v>
+        <v>824</v>
       </c>
       <c r="E196" t="s">
-        <v>841</v>
+        <v>825</v>
       </c>
       <c r="F196" s="1" t="s">
-        <v>842</v>
+        <v>826</v>
       </c>
     </row>
     <row r="197" spans="1:6">
       <c r="A197" t="s">
-        <v>843</v>
+        <v>827</v>
       </c>
       <c r="B197" t="s">
         <v>7</v>
       </c>
       <c r="D197" t="s">
-        <v>844</v>
+        <v>828</v>
       </c>
       <c r="E197" t="s">
-        <v>845</v>
+        <v>829</v>
       </c>
       <c r="F197" s="1" t="s">
-        <v>846</v>
+        <v>830</v>
       </c>
     </row>
     <row r="198" spans="1:6">
       <c r="A198" t="s">
-        <v>847</v>
+        <v>831</v>
       </c>
       <c r="B198" t="s">
-        <v>17</v>
+        <v>7</v>
       </c>
       <c r="D198" t="s">
-        <v>848</v>
+        <v>832</v>
       </c>
       <c r="E198" t="s">
-        <v>849</v>
+        <v>833</v>
       </c>
       <c r="F198" s="1" t="s">
-        <v>850</v>
+        <v>834</v>
       </c>
     </row>
     <row r="199" spans="1:6">
       <c r="A199" t="s">
-        <v>851</v>
+        <v>835</v>
       </c>
       <c r="B199" t="s">
         <v>7</v>
       </c>
       <c r="C199" t="s">
-        <v>852</v>
+        <v>836</v>
       </c>
       <c r="D199" t="s">
-        <v>853</v>
+        <v>837</v>
       </c>
       <c r="E199" t="s">
-        <v>854</v>
+        <v>838</v>
       </c>
       <c r="F199" s="1" t="s">
-        <v>855</v>
+        <v>839</v>
       </c>
     </row>
     <row r="200" spans="1:6">
       <c r="A200" t="s">
-        <v>856</v>
+        <v>840</v>
       </c>
       <c r="B200" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="D200" t="s">
-        <v>857</v>
+        <v>841</v>
       </c>
       <c r="E200" t="s">
-        <v>858</v>
+        <v>842</v>
       </c>
       <c r="F200" s="1" t="s">
-        <v>859</v>
+        <v>843</v>
       </c>
     </row>
     <row r="201" spans="1:6">
       <c r="A201" t="s">
-        <v>856</v>
+        <v>844</v>
       </c>
       <c r="B201" t="s">
-        <v>17</v>
+        <v>7</v>
       </c>
       <c r="D201" t="s">
-        <v>857</v>
+        <v>845</v>
       </c>
       <c r="E201" t="s">
-        <v>860</v>
+        <v>846</v>
       </c>
       <c r="F201" s="1" t="s">
-        <v>861</v>
+        <v>847</v>
       </c>
     </row>
     <row r="202" spans="1:6">
       <c r="A202" t="s">
-        <v>862</v>
+        <v>848</v>
       </c>
       <c r="B202" t="s">
         <v>7</v>
       </c>
       <c r="D202" t="s">
-        <v>863</v>
+        <v>849</v>
       </c>
       <c r="E202" t="s">
-        <v>864</v>
+        <v>850</v>
       </c>
       <c r="F202" s="1" t="s">
-        <v>861</v>
+        <v>851</v>
       </c>
     </row>
     <row r="203" spans="1:6">
       <c r="A203" t="s">
-        <v>865</v>
+        <v>852</v>
       </c>
       <c r="B203" t="s">
-        <v>17</v>
+        <v>7</v>
+      </c>
+      <c r="C203" t="s">
+        <v>853</v>
       </c>
       <c r="D203" t="s">
-        <v>866</v>
+        <v>854</v>
       </c>
       <c r="E203" t="s">
-        <v>867</v>
+        <v>855</v>
       </c>
       <c r="F203" s="1" t="s">
-        <v>868</v>
+        <v>856</v>
       </c>
     </row>
     <row r="204" spans="1:6">
       <c r="A204" t="s">
-        <v>869</v>
+        <v>857</v>
       </c>
       <c r="B204" t="s">
         <v>7</v>
       </c>
+      <c r="C204" t="s">
+        <v>858</v>
+      </c>
       <c r="D204" t="s">
-        <v>870</v>
+        <v>859</v>
       </c>
       <c r="E204" t="s">
-        <v>871</v>
+        <v>860</v>
       </c>
       <c r="F204" s="1" t="s">
-        <v>872</v>
+        <v>861</v>
       </c>
     </row>
     <row r="205" spans="1:6">
       <c r="A205" t="s">
-        <v>873</v>
+        <v>862</v>
       </c>
       <c r="B205" t="s">
         <v>7</v>
       </c>
       <c r="C205" t="s">
-        <v>874</v>
+        <v>863</v>
       </c>
       <c r="D205" t="s">
-        <v>875</v>
+        <v>864</v>
       </c>
       <c r="E205" t="s">
-        <v>876</v>
+        <v>865</v>
       </c>
       <c r="F205" s="1" t="s">
-        <v>877</v>
+        <v>866</v>
       </c>
     </row>
     <row r="206" spans="1:6">
       <c r="A206" t="s">
-        <v>878</v>
+        <v>867</v>
       </c>
       <c r="B206" t="s">
         <v>7</v>
       </c>
-      <c r="C206" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D206" t="s">
-        <v>880</v>
+        <v>868</v>
       </c>
       <c r="E206" t="s">
-        <v>881</v>
+        <v>869</v>
       </c>
       <c r="F206" s="1" t="s">
-        <v>882</v>
+        <v>870</v>
       </c>
     </row>
     <row r="207" spans="1:6">
       <c r="A207" t="s">
-        <v>883</v>
+        <v>871</v>
       </c>
       <c r="B207" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>879</v>
+        <v>13</v>
+      </c>
+      <c r="D207" t="s">
+        <v>872</v>
       </c>
       <c r="E207" t="s">
-        <v>884</v>
+        <v>873</v>
       </c>
       <c r="F207" s="1" t="s">
-        <v>882</v>
+        <v>874</v>
       </c>
     </row>
     <row r="208" spans="1:6">
       <c r="A208" t="s">
-        <v>885</v>
+        <v>875</v>
       </c>
       <c r="B208" t="s">
         <v>7</v>
       </c>
+      <c r="C208" t="s">
+        <v>385</v>
+      </c>
       <c r="D208" t="s">
-        <v>886</v>
+        <v>876</v>
       </c>
       <c r="E208" t="s">
-        <v>887</v>
+        <v>877</v>
       </c>
       <c r="F208" s="1" t="s">
-        <v>888</v>
+        <v>878</v>
       </c>
     </row>
     <row r="209" spans="1:6">
       <c r="A209" t="s">
-        <v>889</v>
+        <v>879</v>
       </c>
       <c r="B209" t="s">
-        <v>17</v>
+        <v>7</v>
       </c>
       <c r="D209" t="s">
-        <v>890</v>
+        <v>880</v>
       </c>
       <c r="E209" t="s">
-        <v>891</v>
+        <v>881</v>
       </c>
       <c r="F209" s="1" t="s">
-        <v>888</v>
+        <v>882</v>
       </c>
     </row>
     <row r="210" spans="1:6">
       <c r="A210" t="s">
-        <v>892</v>
+        <v>883</v>
       </c>
       <c r="B210" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>893</v>
+        <v>13</v>
       </c>
       <c r="D210" t="s">
-        <v>894</v>
+        <v>884</v>
       </c>
       <c r="E210" t="s">
-        <v>895</v>
+        <v>885</v>
       </c>
       <c r="F210" s="1" t="s">
-        <v>896</v>
+        <v>886</v>
       </c>
     </row>
     <row r="211" spans="1:6">
       <c r="A211" t="s">
-        <v>897</v>
+        <v>887</v>
       </c>
       <c r="B211" t="s">
-        <v>17</v>
+        <v>7</v>
       </c>
       <c r="C211" t="s">
-        <v>898</v>
-[...2 lines deleted...]
-        <v>899</v>
+        <v>888</v>
       </c>
       <c r="E211" t="s">
-        <v>900</v>
+        <v>889</v>
       </c>
       <c r="F211" s="1" t="s">
-        <v>901</v>
+        <v>890</v>
       </c>
     </row>
     <row r="212" spans="1:6">
       <c r="A212" t="s">
-        <v>902</v>
+        <v>891</v>
       </c>
       <c r="B212" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>903</v>
+        <v>13</v>
       </c>
       <c r="D212" t="s">
-        <v>904</v>
+        <v>892</v>
       </c>
       <c r="E212" t="s">
-        <v>905</v>
+        <v>893</v>
       </c>
       <c r="F212" s="1" t="s">
-        <v>906</v>
+        <v>894</v>
       </c>
     </row>
     <row r="213" spans="1:6">
       <c r="A213" t="s">
-        <v>907</v>
+        <v>895</v>
       </c>
       <c r="B213" t="s">
-        <v>7</v>
+        <v>13</v>
+      </c>
+      <c r="C213" t="s">
+        <v>896</v>
       </c>
       <c r="D213" t="s">
-        <v>908</v>
+        <v>897</v>
       </c>
       <c r="E213" t="s">
-        <v>909</v>
+        <v>898</v>
       </c>
       <c r="F213" s="1" t="s">
-        <v>910</v>
+        <v>899</v>
       </c>
     </row>
     <row r="214" spans="1:6">
       <c r="A214" t="s">
-        <v>911</v>
+        <v>900</v>
       </c>
       <c r="B214" t="s">
-        <v>17</v>
+        <v>7</v>
       </c>
       <c r="D214" t="s">
-        <v>912</v>
+        <v>901</v>
       </c>
       <c r="E214" t="s">
-        <v>913</v>
+        <v>902</v>
       </c>
       <c r="F214" s="1" t="s">
-        <v>914</v>
+        <v>903</v>
       </c>
     </row>
     <row r="215" spans="1:6">
       <c r="A215" t="s">
-        <v>915</v>
+        <v>904</v>
       </c>
       <c r="B215" t="s">
-        <v>17</v>
+        <v>7</v>
+      </c>
+      <c r="C215" t="s">
+        <v>905</v>
       </c>
       <c r="D215" t="s">
-        <v>916</v>
+        <v>906</v>
       </c>
       <c r="E215" t="s">
-        <v>917</v>
+        <v>907</v>
       </c>
       <c r="F215" s="1" t="s">
-        <v>918</v>
+        <v>908</v>
       </c>
     </row>
     <row r="216" spans="1:6">
       <c r="A216" t="s">
-        <v>919</v>
+        <v>909</v>
       </c>
       <c r="B216" t="s">
         <v>7</v>
       </c>
       <c r="C216" t="s">
-        <v>920</v>
+        <v>910</v>
       </c>
       <c r="D216" t="s">
-        <v>921</v>
+        <v>911</v>
       </c>
       <c r="E216" t="s">
-        <v>922</v>
+        <v>912</v>
       </c>
       <c r="F216" s="1" t="s">
-        <v>923</v>
+        <v>913</v>
       </c>
     </row>
     <row r="217" spans="1:6">
       <c r="A217" t="s">
-        <v>924</v>
+        <v>914</v>
       </c>
       <c r="B217" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>925</v>
+        <v>7</v>
       </c>
       <c r="D217" t="s">
-        <v>926</v>
+        <v>915</v>
       </c>
       <c r="E217" t="s">
-        <v>927</v>
+        <v>916</v>
       </c>
       <c r="F217" s="1" t="s">
-        <v>928</v>
+        <v>917</v>
       </c>
     </row>
     <row r="218" spans="1:6">
       <c r="A218" t="s">
-        <v>929</v>
+        <v>918</v>
       </c>
       <c r="B218" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="D218" t="s">
-        <v>930</v>
+        <v>919</v>
       </c>
       <c r="E218" t="s">
-        <v>931</v>
+        <v>920</v>
       </c>
       <c r="F218" s="1" t="s">
-        <v>932</v>
+        <v>921</v>
       </c>
     </row>
     <row r="219" spans="1:6">
       <c r="A219" t="s">
-        <v>933</v>
+        <v>922</v>
       </c>
       <c r="B219" t="s">
         <v>7</v>
       </c>
       <c r="D219" t="s">
-        <v>934</v>
+        <v>923</v>
       </c>
       <c r="E219" t="s">
-        <v>935</v>
+        <v>924</v>
       </c>
       <c r="F219" s="1" t="s">
-        <v>936</v>
+        <v>925</v>
       </c>
     </row>
     <row r="220" spans="1:6">
       <c r="A220" t="s">
-        <v>937</v>
+        <v>926</v>
       </c>
       <c r="B220" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="D220" t="s">
-        <v>938</v>
+        <v>927</v>
       </c>
       <c r="E220" t="s">
-        <v>939</v>
+        <v>928</v>
       </c>
       <c r="F220" s="1" t="s">
-        <v>936</v>
+        <v>929</v>
       </c>
     </row>
     <row r="221" spans="1:6">
       <c r="A221" t="s">
-        <v>940</v>
+        <v>930</v>
       </c>
       <c r="B221" t="s">
-        <v>17</v>
+        <v>13</v>
+      </c>
+      <c r="C221" t="s">
+        <v>931</v>
       </c>
       <c r="D221" t="s">
-        <v>941</v>
+        <v>932</v>
       </c>
       <c r="E221" t="s">
-        <v>942</v>
+        <v>933</v>
       </c>
       <c r="F221" s="1" t="s">
-        <v>943</v>
+        <v>934</v>
       </c>
     </row>
     <row r="222" spans="1:6">
       <c r="A222" t="s">
-        <v>944</v>
+        <v>935</v>
       </c>
       <c r="B222" t="s">
         <v>7</v>
       </c>
+      <c r="C222" t="s">
+        <v>931</v>
+      </c>
       <c r="D222" t="s">
-        <v>945</v>
+        <v>936</v>
       </c>
       <c r="E222" t="s">
-        <v>946</v>
+        <v>937</v>
       </c>
       <c r="F222" s="1" t="s">
-        <v>947</v>
+        <v>938</v>
       </c>
     </row>
     <row r="223" spans="1:6">
       <c r="A223" t="s">
-        <v>948</v>
+        <v>939</v>
       </c>
       <c r="B223" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="C223" t="s">
-        <v>949</v>
+        <v>940</v>
       </c>
       <c r="D223" t="s">
-        <v>950</v>
+        <v>940</v>
       </c>
       <c r="E223" t="s">
-        <v>951</v>
+        <v>941</v>
       </c>
       <c r="F223" s="1" t="s">
-        <v>952</v>
+        <v>942</v>
       </c>
     </row>
     <row r="224" spans="1:6">
       <c r="A224" t="s">
-        <v>953</v>
+        <v>943</v>
       </c>
       <c r="B224" t="s">
-        <v>17</v>
+        <v>7</v>
       </c>
       <c r="C224" t="s">
-        <v>949</v>
+        <v>944</v>
       </c>
       <c r="D224" t="s">
-        <v>954</v>
+        <v>945</v>
       </c>
       <c r="E224" t="s">
-        <v>955</v>
+        <v>946</v>
       </c>
       <c r="F224" s="1" t="s">
-        <v>952</v>
+        <v>947</v>
       </c>
     </row>
     <row r="225" spans="1:6">
       <c r="A225" t="s">
-        <v>956</v>
+        <v>948</v>
       </c>
       <c r="B225" t="s">
         <v>7</v>
       </c>
       <c r="D225" t="s">
-        <v>957</v>
+        <v>949</v>
       </c>
       <c r="E225" t="s">
-        <v>958</v>
+        <v>950</v>
       </c>
       <c r="F225" s="1" t="s">
-        <v>959</v>
+        <v>951</v>
       </c>
     </row>
     <row r="226" spans="1:6">
       <c r="A226" t="s">
-        <v>960</v>
+        <v>952</v>
       </c>
       <c r="B226" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>961</v>
+        <v>13</v>
       </c>
       <c r="D226" t="s">
-        <v>962</v>
+        <v>953</v>
       </c>
       <c r="E226" t="s">
-        <v>963</v>
+        <v>954</v>
       </c>
       <c r="F226" s="1" t="s">
-        <v>964</v>
+        <v>955</v>
       </c>
     </row>
     <row r="227" spans="1:6">
       <c r="A227" t="s">
-        <v>965</v>
+        <v>956</v>
       </c>
       <c r="B227" t="s">
         <v>7</v>
       </c>
-      <c r="C227" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D227" t="s">
-        <v>966</v>
+        <v>957</v>
       </c>
       <c r="E227" t="s">
-        <v>967</v>
+        <v>958</v>
       </c>
       <c r="F227" s="1" t="s">
-        <v>968</v>
+        <v>959</v>
       </c>
     </row>
     <row r="228" spans="1:6">
       <c r="A228" t="s">
-        <v>969</v>
+        <v>960</v>
       </c>
       <c r="B228" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="D228" t="s">
-        <v>970</v>
+        <v>961</v>
       </c>
       <c r="E228" t="s">
-        <v>971</v>
+        <v>962</v>
       </c>
       <c r="F228" s="1" t="s">
-        <v>972</v>
+        <v>963</v>
       </c>
     </row>
     <row r="229" spans="1:6">
       <c r="A229" t="s">
-        <v>973</v>
+        <v>964</v>
       </c>
       <c r="B229" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>974</v>
+        <v>13</v>
       </c>
       <c r="D229" t="s">
-        <v>975</v>
+        <v>965</v>
       </c>
       <c r="E229" t="s">
-        <v>976</v>
+        <v>966</v>
       </c>
       <c r="F229" s="1" t="s">
-        <v>977</v>
+        <v>967</v>
       </c>
     </row>
     <row r="230" spans="1:6">
       <c r="A230" t="s">
-        <v>978</v>
+        <v>968</v>
       </c>
       <c r="B230" t="s">
         <v>7</v>
       </c>
-      <c r="C230" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D230" t="s">
-        <v>980</v>
+        <v>969</v>
       </c>
       <c r="E230" t="s">
-        <v>981</v>
+        <v>970</v>
       </c>
       <c r="F230" s="1" t="s">
-        <v>982</v>
+        <v>971</v>
       </c>
     </row>
     <row r="231" spans="1:6">
       <c r="A231" t="s">
-        <v>983</v>
+        <v>972</v>
       </c>
       <c r="B231" t="s">
-        <v>17</v>
+        <v>7</v>
       </c>
       <c r="D231" t="s">
-        <v>984</v>
+        <v>973</v>
       </c>
       <c r="E231" t="s">
-        <v>985</v>
+        <v>974</v>
       </c>
       <c r="F231" s="1" t="s">
-        <v>986</v>
+        <v>975</v>
       </c>
     </row>
     <row r="232" spans="1:6">
       <c r="A232" t="s">
-        <v>987</v>
+        <v>976</v>
       </c>
       <c r="B232" t="s">
         <v>7</v>
       </c>
+      <c r="C232" t="s">
+        <v>977</v>
+      </c>
       <c r="D232" t="s">
-        <v>988</v>
+        <v>978</v>
       </c>
       <c r="E232" t="s">
-        <v>989</v>
+        <v>979</v>
       </c>
       <c r="F232" s="1" t="s">
-        <v>990</v>
+        <v>980</v>
       </c>
     </row>
     <row r="233" spans="1:6">
       <c r="A233" t="s">
-        <v>991</v>
+        <v>981</v>
       </c>
       <c r="B233" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>992</v>
+        <v>13</v>
+      </c>
+      <c r="C233" t="s">
+        <v>977</v>
       </c>
       <c r="E233" t="s">
-        <v>993</v>
+        <v>982</v>
       </c>
       <c r="F233" s="1" t="s">
-        <v>990</v>
+        <v>980</v>
       </c>
     </row>
     <row r="234" spans="1:6">
       <c r="A234" t="s">
-        <v>994</v>
+        <v>983</v>
       </c>
       <c r="B234" t="s">
         <v>7</v>
       </c>
       <c r="D234" t="s">
-        <v>995</v>
+        <v>984</v>
       </c>
       <c r="E234" t="s">
-        <v>996</v>
+        <v>985</v>
       </c>
       <c r="F234" s="1" t="s">
-        <v>997</v>
+        <v>986</v>
       </c>
     </row>
     <row r="235" spans="1:6">
       <c r="A235" t="s">
-        <v>998</v>
+        <v>987</v>
       </c>
       <c r="B235" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>999</v>
+        <v>13</v>
+      </c>
+      <c r="D235" t="s">
+        <v>988</v>
       </c>
       <c r="E235" t="s">
-        <v>1000</v>
+        <v>989</v>
       </c>
       <c r="F235" s="1" t="s">
-        <v>1001</v>
+        <v>986</v>
       </c>
     </row>
     <row r="236" spans="1:6">
       <c r="A236" t="s">
-        <v>1002</v>
+        <v>990</v>
       </c>
       <c r="B236" t="s">
         <v>7</v>
       </c>
       <c r="C236" t="s">
-        <v>1003</v>
+        <v>991</v>
       </c>
       <c r="D236" t="s">
-        <v>1004</v>
+        <v>992</v>
       </c>
       <c r="E236" t="s">
-        <v>1005</v>
+        <v>993</v>
       </c>
       <c r="F236" s="1" t="s">
-        <v>1006</v>
+        <v>994</v>
       </c>
     </row>
     <row r="237" spans="1:6">
       <c r="A237" t="s">
-        <v>1007</v>
+        <v>995</v>
       </c>
       <c r="B237" t="s">
-        <v>17</v>
+        <v>13</v>
+      </c>
+      <c r="C237" t="s">
+        <v>996</v>
       </c>
       <c r="D237" t="s">
-        <v>1008</v>
+        <v>997</v>
       </c>
       <c r="E237" t="s">
-        <v>1009</v>
+        <v>998</v>
       </c>
       <c r="F237" s="1" t="s">
-        <v>1010</v>
+        <v>999</v>
       </c>
     </row>
     <row r="238" spans="1:6">
       <c r="A238" t="s">
-        <v>1011</v>
+        <v>1000</v>
       </c>
       <c r="B238" t="s">
-        <v>17</v>
+        <v>7</v>
       </c>
       <c r="D238" t="s">
-        <v>1012</v>
+        <v>1001</v>
       </c>
       <c r="E238" t="s">
-        <v>1013</v>
+        <v>1002</v>
       </c>
       <c r="F238" s="1" t="s">
-        <v>1014</v>
+        <v>1003</v>
       </c>
     </row>
     <row r="239" spans="1:6">
       <c r="A239" t="s">
-        <v>1015</v>
+        <v>1004</v>
       </c>
       <c r="B239" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="C239" t="s">
-        <v>1016</v>
+        <v>1005</v>
       </c>
       <c r="D239" t="s">
-        <v>1017</v>
+        <v>1006</v>
       </c>
       <c r="E239" t="s">
-        <v>1018</v>
+        <v>1007</v>
       </c>
       <c r="F239" s="1" t="s">
-        <v>1014</v>
+        <v>1008</v>
       </c>
     </row>
     <row r="240" spans="1:6">
       <c r="A240" t="s">
-        <v>1019</v>
+        <v>1009</v>
       </c>
       <c r="B240" t="s">
         <v>7</v>
       </c>
-      <c r="C240" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D240" t="s">
-        <v>1021</v>
+        <v>1010</v>
       </c>
       <c r="E240" t="s">
-        <v>1022</v>
+        <v>1011</v>
       </c>
       <c r="F240" s="1" t="s">
-        <v>1023</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="241" spans="1:6">
       <c r="A241" t="s">
-        <v>1024</v>
+        <v>1013</v>
       </c>
       <c r="B241" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="D241" t="s">
-        <v>1025</v>
+        <v>1014</v>
       </c>
       <c r="E241" t="s">
-        <v>1026</v>
+        <v>1015</v>
       </c>
       <c r="F241" s="1" t="s">
-        <v>1027</v>
+        <v>1016</v>
       </c>
     </row>
     <row r="242" spans="1:6">
       <c r="A242" t="s">
-        <v>1028</v>
+        <v>1017</v>
       </c>
       <c r="B242" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>1029</v>
+        <v>13</v>
       </c>
       <c r="D242" t="s">
-        <v>1030</v>
+        <v>1018</v>
       </c>
       <c r="E242" t="s">
-        <v>1031</v>
+        <v>1019</v>
       </c>
       <c r="F242" s="1" t="s">
-        <v>1032</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="243" spans="1:6">
       <c r="A243" t="s">
-        <v>1033</v>
+        <v>1021</v>
       </c>
       <c r="B243" t="s">
         <v>7</v>
       </c>
       <c r="D243" t="s">
-        <v>1034</v>
+        <v>1022</v>
       </c>
       <c r="E243" t="s">
-        <v>1035</v>
+        <v>1023</v>
       </c>
       <c r="F243" s="1" t="s">
-        <v>1036</v>
+        <v>1024</v>
       </c>
     </row>
     <row r="244" spans="1:6">
       <c r="A244" t="s">
-        <v>1037</v>
+        <v>1025</v>
       </c>
       <c r="B244" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="D244" t="s">
-        <v>1038</v>
+        <v>1026</v>
       </c>
       <c r="E244" t="s">
-        <v>1039</v>
+        <v>1027</v>
       </c>
       <c r="F244" s="1" t="s">
-        <v>1040</v>
+        <v>1028</v>
       </c>
     </row>
     <row r="245" spans="1:6">
       <c r="A245" t="s">
-        <v>1041</v>
+        <v>1029</v>
       </c>
       <c r="B245" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>1042</v>
+        <v>13</v>
       </c>
       <c r="D245" t="s">
-        <v>1043</v>
+        <v>1030</v>
       </c>
       <c r="E245" t="s">
-        <v>1044</v>
+        <v>1031</v>
       </c>
       <c r="F245" s="1" t="s">
-        <v>1045</v>
+        <v>1032</v>
       </c>
     </row>
     <row r="246" spans="1:6">
       <c r="A246" t="s">
-        <v>1046</v>
+        <v>1033</v>
       </c>
       <c r="B246" t="s">
         <v>7</v>
       </c>
       <c r="D246" t="s">
-        <v>1047</v>
+        <v>1034</v>
       </c>
       <c r="E246" t="s">
-        <v>1048</v>
+        <v>1035</v>
       </c>
       <c r="F246" s="1" t="s">
-        <v>1049</v>
+        <v>1036</v>
       </c>
     </row>
     <row r="247" spans="1:6">
       <c r="A247" t="s">
-        <v>1050</v>
+        <v>1037</v>
       </c>
       <c r="B247" t="s">
-        <v>17</v>
+        <v>13</v>
+      </c>
+      <c r="C247" t="s">
+        <v>1038</v>
       </c>
       <c r="D247" t="s">
-        <v>1051</v>
+        <v>1039</v>
       </c>
       <c r="E247" t="s">
-        <v>1052</v>
+        <v>1040</v>
       </c>
       <c r="F247" s="1" t="s">
-        <v>1049</v>
+        <v>1041</v>
       </c>
     </row>
     <row r="248" spans="1:6">
       <c r="A248" t="s">
-        <v>1053</v>
+        <v>1042</v>
       </c>
       <c r="B248" t="s">
         <v>7</v>
       </c>
-      <c r="C248" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D248" t="s">
-        <v>1055</v>
+        <v>1043</v>
       </c>
       <c r="E248" t="s">
-        <v>1056</v>
+        <v>1044</v>
       </c>
       <c r="F248" s="1" t="s">
-        <v>1057</v>
+        <v>1045</v>
       </c>
     </row>
     <row r="249" spans="1:6">
       <c r="A249" t="s">
-        <v>1058</v>
+        <v>1046</v>
       </c>
       <c r="B249" t="s">
         <v>7</v>
       </c>
-      <c r="C249" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D249" t="s">
-        <v>1060</v>
+        <v>1047</v>
       </c>
       <c r="E249" t="s">
-        <v>1061</v>
+        <v>1048</v>
       </c>
       <c r="F249" s="1" t="s">
-        <v>1062</v>
+        <v>1049</v>
       </c>
     </row>
     <row r="250" spans="1:6">
       <c r="A250" t="s">
-        <v>1063</v>
+        <v>1050</v>
       </c>
       <c r="B250" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>1054</v>
+        <v>7</v>
       </c>
       <c r="D250" t="s">
-        <v>1064</v>
+        <v>1051</v>
       </c>
       <c r="E250" t="s">
-        <v>1056</v>
+        <v>1052</v>
       </c>
       <c r="F250" s="1" t="s">
-        <v>1065</v>
+        <v>1053</v>
       </c>
     </row>
     <row r="251" spans="1:6">
       <c r="A251" t="s">
-        <v>1066</v>
+        <v>1054</v>
       </c>
       <c r="B251" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="D251" t="s">
-        <v>1067</v>
+        <v>1055</v>
       </c>
       <c r="E251" t="s">
-        <v>1068</v>
+        <v>1056</v>
       </c>
       <c r="F251" s="1" t="s">
-        <v>1069</v>
+        <v>1053</v>
       </c>
     </row>
     <row r="252" spans="1:6">
       <c r="A252" t="s">
-        <v>1070</v>
+        <v>1057</v>
       </c>
       <c r="B252" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="D252" t="s">
-        <v>1071</v>
+        <v>1058</v>
       </c>
       <c r="E252" t="s">
-        <v>1072</v>
+        <v>1059</v>
       </c>
       <c r="F252" s="1" t="s">
-        <v>1073</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="253" spans="1:6">
       <c r="A253" t="s">
-        <v>1074</v>
+        <v>1061</v>
       </c>
       <c r="B253" t="s">
         <v>7</v>
       </c>
       <c r="D253" t="s">
-        <v>1075</v>
+        <v>1062</v>
       </c>
       <c r="E253" t="s">
-        <v>1076</v>
+        <v>1063</v>
       </c>
       <c r="F253" s="1" t="s">
-        <v>1077</v>
+        <v>1064</v>
       </c>
     </row>
     <row r="254" spans="1:6">
       <c r="A254" t="s">
-        <v>1078</v>
+        <v>1065</v>
       </c>
       <c r="B254" t="s">
         <v>7</v>
       </c>
       <c r="D254" t="s">
-        <v>1079</v>
+        <v>1066</v>
       </c>
       <c r="E254" t="s">
-        <v>1080</v>
+        <v>1067</v>
       </c>
       <c r="F254" s="1" t="s">
-        <v>1081</v>
+        <v>1068</v>
       </c>
     </row>
     <row r="255" spans="1:6">
       <c r="A255" t="s">
-        <v>1082</v>
+        <v>1069</v>
       </c>
       <c r="B255" t="s">
         <v>7</v>
       </c>
+      <c r="C255" t="s">
+        <v>1070</v>
+      </c>
       <c r="D255" t="s">
-        <v>1083</v>
+        <v>1071</v>
       </c>
       <c r="E255" t="s">
-        <v>1084</v>
+        <v>1072</v>
       </c>
       <c r="F255" s="1" t="s">
-        <v>1085</v>
+        <v>1073</v>
       </c>
     </row>
     <row r="256" spans="1:6">
       <c r="A256" t="s">
-        <v>1086</v>
+        <v>1074</v>
       </c>
       <c r="B256" t="s">
-        <v>7</v>
+        <v>13</v>
+      </c>
+      <c r="C256" t="s">
+        <v>1070</v>
       </c>
       <c r="D256" t="s">
-        <v>1087</v>
+        <v>1075</v>
       </c>
       <c r="E256" t="s">
-        <v>1088</v>
+        <v>1076</v>
       </c>
       <c r="F256" s="1" t="s">
-        <v>1089</v>
+        <v>1073</v>
       </c>
     </row>
     <row r="257" spans="1:6">
       <c r="A257" t="s">
-        <v>1090</v>
+        <v>1077</v>
       </c>
       <c r="B257" t="s">
-        <v>17</v>
+        <v>7</v>
       </c>
       <c r="D257" t="s">
-        <v>1091</v>
+        <v>1078</v>
       </c>
       <c r="E257" t="s">
-        <v>1092</v>
+        <v>1079</v>
       </c>
       <c r="F257" s="1" t="s">
-        <v>1089</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="258" spans="1:6">
       <c r="A258" t="s">
-        <v>1093</v>
+        <v>1081</v>
       </c>
       <c r="B258" t="s">
-        <v>17</v>
+        <v>13</v>
+      </c>
+      <c r="C258" t="s">
+        <v>1082</v>
       </c>
       <c r="D258" t="s">
-        <v>1094</v>
+        <v>1083</v>
       </c>
       <c r="E258" t="s">
-        <v>1095</v>
+        <v>1084</v>
       </c>
       <c r="F258" s="1" t="s">
-        <v>1096</v>
+        <v>1085</v>
       </c>
     </row>
     <row r="259" spans="1:6">
       <c r="A259" t="s">
-        <v>1097</v>
+        <v>1086</v>
       </c>
       <c r="B259" t="s">
         <v>7</v>
       </c>
+      <c r="C259" t="s">
+        <v>1082</v>
+      </c>
       <c r="D259" t="s">
-        <v>1098</v>
+        <v>1087</v>
       </c>
       <c r="E259" t="s">
-        <v>1099</v>
+        <v>1088</v>
       </c>
       <c r="F259" s="1" t="s">
-        <v>1096</v>
+        <v>1089</v>
       </c>
     </row>
     <row r="260" spans="1:6">
       <c r="A260" t="s">
-        <v>1100</v>
+        <v>1090</v>
       </c>
       <c r="B260" t="s">
         <v>7</v>
       </c>
-      <c r="C260" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D260" t="s">
-        <v>1102</v>
+        <v>1091</v>
       </c>
       <c r="E260" t="s">
-        <v>1103</v>
+        <v>1092</v>
       </c>
       <c r="F260" s="1" t="s">
-        <v>1104</v>
+        <v>1093</v>
       </c>
     </row>
     <row r="261" spans="1:6">
       <c r="A261" t="s">
-        <v>1105</v>
+        <v>1094</v>
       </c>
       <c r="B261" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="D261" t="s">
-        <v>1106</v>
+        <v>1095</v>
       </c>
       <c r="E261" t="s">
-        <v>1107</v>
+        <v>1096</v>
       </c>
       <c r="F261" s="1" t="s">
-        <v>1108</v>
+        <v>1097</v>
       </c>
     </row>
     <row r="262" spans="1:6">
       <c r="A262" t="s">
-        <v>1109</v>
+        <v>1098</v>
       </c>
       <c r="B262" t="s">
         <v>7</v>
       </c>
       <c r="D262" t="s">
-        <v>1110</v>
+        <v>1099</v>
       </c>
       <c r="E262" t="s">
-        <v>1111</v>
+        <v>1100</v>
       </c>
       <c r="F262" s="1" t="s">
-        <v>1112</v>
+        <v>1101</v>
       </c>
     </row>
     <row r="263" spans="1:6">
       <c r="A263" t="s">
-        <v>1113</v>
+        <v>1102</v>
       </c>
       <c r="B263" t="s">
-        <v>17</v>
+        <v>7</v>
       </c>
       <c r="D263" t="s">
-        <v>1114</v>
+        <v>1103</v>
       </c>
       <c r="E263" t="s">
-        <v>1115</v>
+        <v>1104</v>
       </c>
       <c r="F263" s="1" t="s">
-        <v>1116</v>
+        <v>1105</v>
       </c>
     </row>
     <row r="264" spans="1:6">
       <c r="A264" t="s">
-        <v>1117</v>
+        <v>1106</v>
       </c>
       <c r="B264" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="C264" t="s">
-        <v>1118</v>
+        <v>1107</v>
       </c>
       <c r="D264" t="s">
-        <v>1119</v>
+        <v>1108</v>
       </c>
       <c r="E264" t="s">
-        <v>1120</v>
+        <v>1109</v>
       </c>
       <c r="F264" s="1" t="s">
-        <v>1121</v>
+        <v>1110</v>
       </c>
     </row>
     <row r="265" spans="1:6">
       <c r="A265" t="s">
-        <v>1122</v>
+        <v>1111</v>
       </c>
       <c r="B265" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>1118</v>
+        <v>13</v>
       </c>
       <c r="D265" t="s">
-        <v>1123</v>
+        <v>1112</v>
       </c>
       <c r="E265" t="s">
-        <v>1124</v>
+        <v>1113</v>
       </c>
       <c r="F265" s="1" t="s">
-        <v>1125</v>
+        <v>1114</v>
       </c>
     </row>
     <row r="266" spans="1:6">
       <c r="A266" t="s">
-        <v>1126</v>
+        <v>1115</v>
       </c>
       <c r="B266" t="s">
         <v>7</v>
       </c>
       <c r="D266" t="s">
-        <v>1127</v>
+        <v>1116</v>
       </c>
       <c r="E266" t="s">
-        <v>1128</v>
+        <v>1117</v>
       </c>
       <c r="F266" s="1" t="s">
-        <v>1129</v>
+        <v>1118</v>
       </c>
     </row>
     <row r="267" spans="1:6">
       <c r="A267" t="s">
-        <v>1130</v>
+        <v>1119</v>
       </c>
       <c r="B267" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="D267" t="s">
-        <v>1131</v>
+        <v>1120</v>
       </c>
       <c r="E267" t="s">
-        <v>1132</v>
+        <v>1121</v>
       </c>
       <c r="F267" s="1" t="s">
-        <v>1129</v>
+        <v>1118</v>
       </c>
     </row>
     <row r="268" spans="1:6">
       <c r="A268" t="s">
-        <v>1133</v>
+        <v>1122</v>
       </c>
       <c r="B268" t="s">
-        <v>17</v>
+        <v>7</v>
       </c>
       <c r="D268" t="s">
-        <v>1134</v>
+        <v>1123</v>
       </c>
       <c r="E268" t="s">
-        <v>1135</v>
+        <v>1124</v>
       </c>
       <c r="F268" s="1" t="s">
-        <v>1136</v>
+        <v>1125</v>
       </c>
     </row>
     <row r="269" spans="1:6">
       <c r="A269" t="s">
-        <v>1137</v>
+        <v>1126</v>
       </c>
       <c r="B269" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="C269" t="s">
-        <v>1138</v>
-[...2 lines deleted...]
-        <v>1139</v>
+        <v>1127</v>
       </c>
       <c r="E269" t="s">
-        <v>1140</v>
+        <v>1128</v>
       </c>
       <c r="F269" s="1" t="s">
-        <v>1141</v>
+        <v>1129</v>
       </c>
     </row>
     <row r="270" spans="1:6">
       <c r="A270" t="s">
-        <v>1142</v>
+        <v>1130</v>
       </c>
       <c r="B270" t="s">
         <v>7</v>
       </c>
       <c r="C270" t="s">
-        <v>1143</v>
+        <v>1131</v>
       </c>
       <c r="D270" t="s">
-        <v>1144</v>
+        <v>1132</v>
       </c>
       <c r="E270" t="s">
-        <v>1145</v>
+        <v>1133</v>
       </c>
       <c r="F270" s="1" t="s">
-        <v>1146</v>
+        <v>1134</v>
       </c>
     </row>
     <row r="271" spans="1:6">
       <c r="A271" t="s">
-        <v>1147</v>
+        <v>1135</v>
       </c>
       <c r="B271" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="D271" t="s">
-        <v>1148</v>
+        <v>1136</v>
       </c>
       <c r="E271" t="s">
-        <v>1149</v>
+        <v>1137</v>
       </c>
       <c r="F271" s="1" t="s">
-        <v>1150</v>
+        <v>1138</v>
       </c>
     </row>
     <row r="272" spans="1:6">
       <c r="A272" t="s">
-        <v>1151</v>
+        <v>1139</v>
       </c>
       <c r="B272" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="D272" t="s">
-        <v>1152</v>
+        <v>1140</v>
       </c>
       <c r="E272" t="s">
-        <v>1153</v>
+        <v>1141</v>
       </c>
       <c r="F272" s="1" t="s">
-        <v>1154</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="273" spans="1:6">
       <c r="A273" t="s">
-        <v>1155</v>
+        <v>1143</v>
       </c>
       <c r="B273" t="s">
         <v>7</v>
       </c>
+      <c r="C273" t="s">
+        <v>1144</v>
+      </c>
       <c r="D273" t="s">
-        <v>1156</v>
+        <v>1145</v>
       </c>
       <c r="E273" t="s">
-        <v>1157</v>
+        <v>1146</v>
       </c>
       <c r="F273" s="1" t="s">
-        <v>1154</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="274" spans="1:6">
       <c r="A274" t="s">
-        <v>1158</v>
+        <v>1147</v>
       </c>
       <c r="B274" t="s">
         <v>7</v>
       </c>
       <c r="C274" t="s">
-        <v>1159</v>
+        <v>1148</v>
       </c>
       <c r="D274" t="s">
-        <v>1160</v>
+        <v>1149</v>
       </c>
       <c r="E274" t="s">
-        <v>1161</v>
+        <v>1150</v>
       </c>
       <c r="F274" s="1" t="s">
-        <v>1162</v>
+        <v>1151</v>
       </c>
     </row>
     <row r="275" spans="1:6">
       <c r="A275" t="s">
-        <v>1163</v>
+        <v>1152</v>
       </c>
       <c r="B275" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="D275" t="s">
-        <v>1164</v>
+        <v>1153</v>
       </c>
       <c r="E275" t="s">
-        <v>1165</v>
+        <v>1154</v>
       </c>
       <c r="F275" s="1" t="s">
-        <v>1166</v>
+        <v>1155</v>
       </c>
     </row>
     <row r="276" spans="1:6">
       <c r="A276" t="s">
-        <v>1167</v>
+        <v>1156</v>
       </c>
       <c r="B276" t="s">
-        <v>17</v>
+        <v>7</v>
       </c>
       <c r="D276" t="s">
-        <v>1168</v>
+        <v>1157</v>
       </c>
       <c r="E276" t="s">
-        <v>1169</v>
+        <v>1158</v>
       </c>
       <c r="F276" s="1" t="s">
-        <v>1170</v>
+        <v>1159</v>
       </c>
     </row>
     <row r="277" spans="1:6">
       <c r="A277" t="s">
-        <v>1171</v>
+        <v>1160</v>
       </c>
       <c r="B277" t="s">
         <v>7</v>
       </c>
+      <c r="C277" t="s">
+        <v>1161</v>
+      </c>
       <c r="D277" t="s">
-        <v>1172</v>
+        <v>1162</v>
       </c>
       <c r="E277" t="s">
-        <v>1173</v>
+        <v>1163</v>
       </c>
       <c r="F277" s="1" t="s">
-        <v>1174</v>
+        <v>1164</v>
       </c>
     </row>
     <row r="278" spans="1:6">
       <c r="A278" t="s">
-        <v>1175</v>
+        <v>1165</v>
       </c>
       <c r="B278" t="s">
         <v>7</v>
       </c>
-      <c r="C278" t="s">
-        <v>1176</v>
+      <c r="D278" t="s">
+        <v>1166</v>
       </c>
       <c r="E278" t="s">
-        <v>1177</v>
+        <v>1167</v>
       </c>
       <c r="F278" s="1" t="s">
-        <v>1178</v>
+        <v>1168</v>
       </c>
     </row>
     <row r="279" spans="1:6">
       <c r="A279" t="s">
-        <v>1179</v>
+        <v>1169</v>
       </c>
       <c r="B279" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>1180</v>
+        <v>13</v>
       </c>
       <c r="D279" t="s">
-        <v>1181</v>
+        <v>1170</v>
       </c>
       <c r="E279" t="s">
-        <v>1182</v>
+        <v>1171</v>
       </c>
       <c r="F279" s="1" t="s">
-        <v>1183</v>
+        <v>1172</v>
       </c>
     </row>
     <row r="280" spans="1:6">
       <c r="A280" t="s">
-        <v>1184</v>
+        <v>1173</v>
       </c>
       <c r="B280" t="s">
         <v>7</v>
       </c>
+      <c r="C280" t="s">
+        <v>1174</v>
+      </c>
       <c r="D280" t="s">
-        <v>1185</v>
+        <v>1175</v>
       </c>
       <c r="E280" t="s">
-        <v>1186</v>
+        <v>1176</v>
       </c>
       <c r="F280" s="1" t="s">
-        <v>1187</v>
+        <v>1177</v>
       </c>
     </row>
     <row r="281" spans="1:6">
       <c r="A281" t="s">
-        <v>1188</v>
+        <v>1178</v>
       </c>
       <c r="B281" t="s">
         <v>7</v>
       </c>
       <c r="D281" t="s">
-        <v>1189</v>
+        <v>1179</v>
       </c>
       <c r="E281" t="s">
-        <v>1190</v>
+        <v>1180</v>
       </c>
       <c r="F281" s="1" t="s">
-        <v>1191</v>
+        <v>1181</v>
       </c>
     </row>
     <row r="282" spans="1:6">
       <c r="A282" t="s">
-        <v>1192</v>
+        <v>1182</v>
       </c>
       <c r="B282" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="D282" t="s">
-        <v>1193</v>
+        <v>1183</v>
       </c>
       <c r="E282" t="s">
-        <v>1194</v>
+        <v>1184</v>
       </c>
       <c r="F282" s="1" t="s">
-        <v>1195</v>
+        <v>1181</v>
       </c>
     </row>
     <row r="283" spans="1:6">
       <c r="A283" t="s">
-        <v>1196</v>
+        <v>1185</v>
       </c>
       <c r="B283" t="s">
-        <v>17</v>
+        <v>7</v>
       </c>
       <c r="D283" t="s">
-        <v>1193</v>
+        <v>1186</v>
       </c>
       <c r="E283" t="s">
-        <v>1197</v>
+        <v>1187</v>
       </c>
       <c r="F283" s="1" t="s">
-        <v>1195</v>
+        <v>1188</v>
       </c>
     </row>
     <row r="284" spans="1:6">
       <c r="A284" t="s">
-        <v>1198</v>
+        <v>1189</v>
       </c>
       <c r="B284" t="s">
         <v>7</v>
       </c>
       <c r="C284" t="s">
-        <v>1199</v>
+        <v>1190</v>
       </c>
       <c r="D284" t="s">
-        <v>1200</v>
+        <v>1191</v>
       </c>
       <c r="E284" t="s">
-        <v>1201</v>
+        <v>1192</v>
       </c>
       <c r="F284" s="1" t="s">
-        <v>1202</v>
+        <v>1193</v>
       </c>
     </row>
     <row r="285" spans="1:6">
       <c r="A285" t="s">
-        <v>1203</v>
+        <v>1194</v>
       </c>
       <c r="B285" t="s">
         <v>7</v>
       </c>
+      <c r="C285" t="s">
+        <v>1195</v>
+      </c>
       <c r="D285" t="s">
-        <v>1204</v>
+        <v>1196</v>
       </c>
       <c r="E285" t="s">
-        <v>1205</v>
+        <v>1197</v>
       </c>
       <c r="F285" s="1" t="s">
-        <v>1206</v>
+        <v>1198</v>
       </c>
     </row>
     <row r="286" spans="1:6">
       <c r="A286" t="s">
-        <v>1207</v>
+        <v>1199</v>
       </c>
       <c r="B286" t="s">
-        <v>17</v>
+        <v>13</v>
+      </c>
+      <c r="C286" t="s">
+        <v>1190</v>
       </c>
       <c r="D286" t="s">
-        <v>1208</v>
+        <v>1200</v>
+      </c>
+      <c r="E286" t="s">
+        <v>1192</v>
       </c>
       <c r="F286" s="1" t="s">
-        <v>1209</v>
+        <v>1201</v>
       </c>
     </row>
     <row r="287" spans="1:6">
       <c r="A287" t="s">
-        <v>1210</v>
+        <v>1202</v>
       </c>
       <c r="B287" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="D287" t="s">
-        <v>1211</v>
+        <v>1203</v>
       </c>
       <c r="E287" t="s">
-        <v>1212</v>
+        <v>1204</v>
       </c>
       <c r="F287" s="1" t="s">
-        <v>1213</v>
+        <v>1205</v>
       </c>
     </row>
     <row r="288" spans="1:6">
       <c r="A288" t="s">
-        <v>1214</v>
+        <v>1206</v>
       </c>
       <c r="B288" t="s">
         <v>7</v>
       </c>
-      <c r="C288" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D288" t="s">
-        <v>1216</v>
+        <v>1207</v>
       </c>
       <c r="E288" t="s">
-        <v>1217</v>
+        <v>1208</v>
       </c>
       <c r="F288" s="1" t="s">
-        <v>1218</v>
+        <v>1209</v>
       </c>
     </row>
     <row r="289" spans="1:6">
       <c r="A289" t="s">
-        <v>1219</v>
+        <v>1210</v>
       </c>
       <c r="B289" t="s">
         <v>7</v>
       </c>
       <c r="D289" t="s">
-        <v>1220</v>
+        <v>1211</v>
       </c>
       <c r="E289" t="s">
-        <v>1221</v>
+        <v>1212</v>
       </c>
       <c r="F289" s="1" t="s">
-        <v>1222</v>
+        <v>1213</v>
       </c>
     </row>
     <row r="290" spans="1:6">
       <c r="A290" t="s">
-        <v>1223</v>
+        <v>1214</v>
       </c>
       <c r="B290" t="s">
         <v>7</v>
       </c>
       <c r="D290" t="s">
-        <v>1224</v>
+        <v>1215</v>
       </c>
       <c r="E290" t="s">
-        <v>1225</v>
+        <v>1216</v>
       </c>
       <c r="F290" s="1" t="s">
-        <v>1226</v>
+        <v>1217</v>
       </c>
     </row>
     <row r="291" spans="1:6">
       <c r="A291" t="s">
-        <v>1227</v>
+        <v>1218</v>
       </c>
       <c r="B291" t="s">
         <v>7</v>
       </c>
-      <c r="C291" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D291" t="s">
-        <v>1229</v>
+        <v>1219</v>
       </c>
       <c r="E291" t="s">
-        <v>1230</v>
+        <v>1220</v>
       </c>
       <c r="F291" s="1" t="s">
-        <v>1231</v>
+        <v>1221</v>
       </c>
     </row>
     <row r="292" spans="1:6">
       <c r="A292" t="s">
-        <v>1232</v>
+        <v>1222</v>
       </c>
       <c r="B292" t="s">
-        <v>17</v>
+        <v>7</v>
       </c>
       <c r="D292" t="s">
-        <v>1233</v>
+        <v>1223</v>
       </c>
       <c r="E292" t="s">
-        <v>1234</v>
+        <v>1224</v>
       </c>
       <c r="F292" s="1" t="s">
-        <v>1235</v>
+        <v>1225</v>
       </c>
     </row>
     <row r="293" spans="1:6">
       <c r="A293" t="s">
-        <v>1236</v>
+        <v>1226</v>
       </c>
       <c r="B293" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="D293" t="s">
-        <v>1237</v>
+        <v>1227</v>
       </c>
       <c r="E293" t="s">
-        <v>1238</v>
+        <v>1228</v>
       </c>
       <c r="F293" s="1" t="s">
-        <v>1239</v>
+        <v>1225</v>
       </c>
     </row>
     <row r="294" spans="1:6">
       <c r="A294" t="s">
-        <v>1240</v>
+        <v>1229</v>
       </c>
       <c r="B294" t="s">
-        <v>17</v>
+        <v>7</v>
       </c>
       <c r="D294" t="s">
-        <v>1241</v>
+        <v>1230</v>
       </c>
       <c r="E294" t="s">
-        <v>1242</v>
+        <v>1231</v>
       </c>
       <c r="F294" s="1" t="s">
-        <v>1243</v>
+        <v>1232</v>
       </c>
     </row>
     <row r="295" spans="1:6">
       <c r="A295" t="s">
-        <v>1244</v>
+        <v>1233</v>
       </c>
       <c r="B295" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>1245</v>
+        <v>13</v>
+      </c>
+      <c r="D295" t="s">
+        <v>1234</v>
       </c>
       <c r="E295" t="s">
-        <v>1246</v>
+        <v>1235</v>
       </c>
       <c r="F295" s="1" t="s">
-        <v>1247</v>
+        <v>1236</v>
       </c>
     </row>
     <row r="296" spans="1:6">
       <c r="A296" t="s">
-        <v>1248</v>
+        <v>1237</v>
       </c>
       <c r="B296" t="s">
         <v>7</v>
       </c>
-      <c r="C296" t="s">
-        <v>1245</v>
+      <c r="D296" t="s">
+        <v>1238</v>
       </c>
       <c r="E296" t="s">
-        <v>1249</v>
+        <v>1239</v>
       </c>
       <c r="F296" s="1" t="s">
-        <v>1247</v>
+        <v>1236</v>
       </c>
     </row>
     <row r="297" spans="1:6">
       <c r="A297" t="s">
-        <v>1250</v>
+        <v>1240</v>
       </c>
       <c r="B297" t="s">
-        <v>17</v>
+        <v>7</v>
+      </c>
+      <c r="C297" t="s">
+        <v>1241</v>
       </c>
       <c r="D297" t="s">
-        <v>1251</v>
+        <v>1242</v>
       </c>
       <c r="E297" t="s">
-        <v>1252</v>
+        <v>1243</v>
       </c>
       <c r="F297" s="1" t="s">
-        <v>1253</v>
+        <v>1244</v>
       </c>
     </row>
     <row r="298" spans="1:6">
       <c r="A298" t="s">
-        <v>1254</v>
+        <v>1245</v>
       </c>
       <c r="B298" t="s">
         <v>7</v>
       </c>
-      <c r="C298" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D298" t="s">
-        <v>1256</v>
+        <v>1246</v>
       </c>
       <c r="E298" t="s">
-        <v>1257</v>
+        <v>1247</v>
       </c>
       <c r="F298" s="1" t="s">
-        <v>1258</v>
+        <v>1248</v>
       </c>
     </row>
     <row r="299" spans="1:6">
       <c r="A299" t="s">
-        <v>1259</v>
+        <v>1249</v>
       </c>
       <c r="B299" t="s">
-        <v>17</v>
+        <v>7</v>
       </c>
       <c r="D299" t="s">
-        <v>1260</v>
+        <v>1250</v>
       </c>
       <c r="E299" t="s">
-        <v>1261</v>
+        <v>1251</v>
       </c>
       <c r="F299" s="1" t="s">
-        <v>1262</v>
+        <v>1252</v>
       </c>
     </row>
     <row r="300" spans="1:6">
       <c r="A300" t="s">
-        <v>1263</v>
+        <v>1253</v>
       </c>
       <c r="B300" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>1264</v>
+        <v>13</v>
       </c>
       <c r="D300" t="s">
-        <v>1265</v>
+        <v>1254</v>
       </c>
       <c r="E300" t="s">
-        <v>1266</v>
+        <v>1255</v>
       </c>
       <c r="F300" s="1" t="s">
-        <v>1267</v>
+        <v>1256</v>
       </c>
     </row>
     <row r="301" spans="1:6">
       <c r="A301" t="s">
-        <v>1268</v>
+        <v>1257</v>
       </c>
       <c r="B301" t="s">
-        <v>17</v>
+        <v>7</v>
       </c>
       <c r="D301" t="s">
-        <v>1269</v>
+        <v>1258</v>
       </c>
       <c r="E301" t="s">
-        <v>1270</v>
+        <v>1259</v>
       </c>
       <c r="F301" s="1" t="s">
-        <v>1271</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="302" spans="1:6">
       <c r="A302" t="s">
-        <v>1272</v>
+        <v>1261</v>
       </c>
       <c r="B302" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="D302" t="s">
-        <v>1273</v>
+        <v>1258</v>
       </c>
       <c r="E302" t="s">
-        <v>1274</v>
+        <v>1262</v>
       </c>
       <c r="F302" s="1" t="s">
-        <v>1275</v>
+        <v>1263</v>
       </c>
     </row>
     <row r="303" spans="1:6">
       <c r="A303" t="s">
-        <v>1276</v>
+        <v>1264</v>
       </c>
       <c r="B303" t="s">
-        <v>7</v>
+        <v>13</v>
+      </c>
+      <c r="C303" t="s">
+        <v>1265</v>
       </c>
       <c r="D303" t="s">
-        <v>1277</v>
+        <v>1266</v>
       </c>
       <c r="E303" t="s">
-        <v>1278</v>
+        <v>1267</v>
       </c>
       <c r="F303" s="1" t="s">
-        <v>1279</v>
+        <v>1268</v>
       </c>
     </row>
     <row r="304" spans="1:6">
       <c r="A304" t="s">
+        <v>1269</v>
+      </c>
+      <c r="B304" t="s">
+        <v>7</v>
+      </c>
+      <c r="C304" t="s">
+        <v>1265</v>
+      </c>
+      <c r="D304" t="s">
+        <v>1270</v>
+      </c>
+      <c r="E304" t="s">
+        <v>1271</v>
+      </c>
+      <c r="F304" s="1" t="s">
+        <v>1272</v>
+      </c>
+    </row>
+    <row r="305" spans="1:6">
+      <c r="A305" t="s">
+        <v>1273</v>
+      </c>
+      <c r="B305" t="s">
+        <v>7</v>
+      </c>
+      <c r="D305" t="s">
+        <v>1274</v>
+      </c>
+      <c r="E305" t="s">
+        <v>1275</v>
+      </c>
+      <c r="F305" s="1" t="s">
+        <v>1276</v>
+      </c>
+    </row>
+    <row r="306" spans="1:6">
+      <c r="A306" t="s">
+        <v>1277</v>
+      </c>
+      <c r="B306" t="s">
+        <v>13</v>
+      </c>
+      <c r="D306" t="s">
+        <v>1278</v>
+      </c>
+      <c r="E306" t="s">
+        <v>1279</v>
+      </c>
+      <c r="F306" s="1" t="s">
+        <v>1276</v>
+      </c>
+    </row>
+    <row r="307" spans="1:6">
+      <c r="A307" t="s">
         <v>1280</v>
       </c>
-      <c r="B304" t="s">
-[...2 lines deleted...]
-      <c r="D304" t="s">
+      <c r="B307" t="s">
+        <v>13</v>
+      </c>
+      <c r="D307" t="s">
         <v>1281</v>
       </c>
-      <c r="E304" t="s">
+      <c r="E307" t="s">
         <v>1282</v>
       </c>
-      <c r="F304" s="1" t="s">
+      <c r="F307" s="1" t="s">
         <v>1283</v>
       </c>
     </row>
+    <row r="308" spans="1:6">
+      <c r="A308" t="s">
+        <v>1284</v>
+      </c>
+      <c r="B308" t="s">
+        <v>7</v>
+      </c>
+      <c r="D308" t="s">
+        <v>1285</v>
+      </c>
+      <c r="E308" t="s">
+        <v>1286</v>
+      </c>
+      <c r="F308" s="1" t="s">
+        <v>1287</v>
+      </c>
+    </row>
+    <row r="309" spans="1:6">
+      <c r="A309" t="s">
+        <v>1288</v>
+      </c>
+      <c r="B309" t="s">
+        <v>13</v>
+      </c>
+      <c r="D309" t="s">
+        <v>1289</v>
+      </c>
+      <c r="E309" t="s">
+        <v>1290</v>
+      </c>
+      <c r="F309" s="1" t="s">
+        <v>1291</v>
+      </c>
+    </row>
+    <row r="310" spans="1:6">
+      <c r="A310" t="s">
+        <v>1292</v>
+      </c>
+      <c r="B310" t="s">
+        <v>13</v>
+      </c>
+      <c r="D310" t="s">
+        <v>1293</v>
+      </c>
+      <c r="E310" t="s">
+        <v>1294</v>
+      </c>
+      <c r="F310" s="1" t="s">
+        <v>1295</v>
+      </c>
+    </row>
+    <row r="311" spans="1:6">
+      <c r="A311" t="s">
+        <v>1296</v>
+      </c>
+      <c r="B311" t="s">
+        <v>7</v>
+      </c>
+      <c r="C311" t="s">
+        <v>1297</v>
+      </c>
+      <c r="D311" t="s">
+        <v>1298</v>
+      </c>
+      <c r="E311" t="s">
+        <v>1299</v>
+      </c>
+      <c r="F311" s="1" t="s">
+        <v>1300</v>
+      </c>
+    </row>
+    <row r="312" spans="1:6">
+      <c r="A312" t="s">
+        <v>1301</v>
+      </c>
+      <c r="B312" t="s">
+        <v>7</v>
+      </c>
+      <c r="C312" t="s">
+        <v>1302</v>
+      </c>
+      <c r="D312" t="s">
+        <v>1303</v>
+      </c>
+      <c r="E312" t="s">
+        <v>1304</v>
+      </c>
+      <c r="F312" s="1" t="s">
+        <v>1305</v>
+      </c>
+    </row>
+    <row r="313" spans="1:6">
+      <c r="A313" t="s">
+        <v>1306</v>
+      </c>
+      <c r="B313" t="s">
+        <v>13</v>
+      </c>
+      <c r="D313" t="s">
+        <v>1307</v>
+      </c>
+      <c r="E313" t="s">
+        <v>1308</v>
+      </c>
+      <c r="F313" s="1" t="s">
+        <v>1309</v>
+      </c>
+    </row>
+    <row r="314" spans="1:6">
+      <c r="A314" t="s">
+        <v>1310</v>
+      </c>
+      <c r="B314" t="s">
+        <v>13</v>
+      </c>
+      <c r="D314" t="s">
+        <v>1311</v>
+      </c>
+      <c r="E314" t="s">
+        <v>1312</v>
+      </c>
+      <c r="F314" s="1" t="s">
+        <v>1313</v>
+      </c>
+    </row>
+    <row r="315" spans="1:6">
+      <c r="A315" t="s">
+        <v>1314</v>
+      </c>
+      <c r="B315" t="s">
+        <v>7</v>
+      </c>
+      <c r="D315" t="s">
+        <v>1315</v>
+      </c>
+      <c r="E315" t="s">
+        <v>1316</v>
+      </c>
+      <c r="F315" s="1" t="s">
+        <v>1313</v>
+      </c>
+    </row>
+    <row r="316" spans="1:6">
+      <c r="A316" t="s">
+        <v>1317</v>
+      </c>
+      <c r="B316" t="s">
+        <v>7</v>
+      </c>
+      <c r="C316" t="s">
+        <v>1318</v>
+      </c>
+      <c r="D316" t="s">
+        <v>1319</v>
+      </c>
+      <c r="E316" t="s">
+        <v>1320</v>
+      </c>
+      <c r="F316" s="1" t="s">
+        <v>1321</v>
+      </c>
+    </row>
+    <row r="317" spans="1:6">
+      <c r="A317" t="s">
+        <v>1322</v>
+      </c>
+      <c r="B317" t="s">
+        <v>13</v>
+      </c>
+      <c r="D317" t="s">
+        <v>1323</v>
+      </c>
+      <c r="E317" t="s">
+        <v>1324</v>
+      </c>
+      <c r="F317" s="1" t="s">
+        <v>1325</v>
+      </c>
+    </row>
+    <row r="318" spans="1:6">
+      <c r="A318" t="s">
+        <v>1326</v>
+      </c>
+      <c r="B318" t="s">
+        <v>13</v>
+      </c>
+      <c r="D318" t="s">
+        <v>1327</v>
+      </c>
+      <c r="E318" t="s">
+        <v>1328</v>
+      </c>
+      <c r="F318" s="1" t="s">
+        <v>1329</v>
+      </c>
+    </row>
+    <row r="319" spans="1:6">
+      <c r="A319" t="s">
+        <v>1330</v>
+      </c>
+      <c r="B319" t="s">
+        <v>13</v>
+      </c>
+      <c r="D319" t="s">
+        <v>1331</v>
+      </c>
+      <c r="E319" t="s">
+        <v>1332</v>
+      </c>
+      <c r="F319" s="1" t="s">
+        <v>1333</v>
+      </c>
+    </row>
+    <row r="320" spans="1:6">
+      <c r="A320" t="s">
+        <v>1334</v>
+      </c>
+      <c r="B320" t="s">
+        <v>7</v>
+      </c>
+      <c r="D320" t="s">
+        <v>1335</v>
+      </c>
+      <c r="E320" t="s">
+        <v>1336</v>
+      </c>
+      <c r="F320" s="1" t="s">
+        <v>1337</v>
+      </c>
+    </row>
+    <row r="321" spans="1:6">
+      <c r="A321" t="s">
+        <v>1338</v>
+      </c>
+      <c r="B321" t="s">
+        <v>7</v>
+      </c>
+      <c r="D321" t="s">
+        <v>1339</v>
+      </c>
+      <c r="E321" t="s">
+        <v>1340</v>
+      </c>
+      <c r="F321" s="1" t="s">
+        <v>1341</v>
+      </c>
+    </row>
+    <row r="322" spans="1:6">
+      <c r="A322" t="s">
+        <v>1342</v>
+      </c>
+      <c r="B322" t="s">
+        <v>13</v>
+      </c>
+      <c r="C322" t="s">
+        <v>1343</v>
+      </c>
+      <c r="D322" t="s">
+        <v>1344</v>
+      </c>
+      <c r="E322" t="s">
+        <v>1345</v>
+      </c>
+      <c r="F322" s="1" t="s">
+        <v>1346</v>
+      </c>
+    </row>
+    <row r="323" spans="1:6">
+      <c r="A323" t="s">
+        <v>1347</v>
+      </c>
+      <c r="B323" t="s">
+        <v>7</v>
+      </c>
+      <c r="D323" t="s">
+        <v>1348</v>
+      </c>
+      <c r="E323" t="s">
+        <v>1349</v>
+      </c>
+      <c r="F323" s="1" t="s">
+        <v>1350</v>
+      </c>
+    </row>
+    <row r="324" spans="1:6">
+      <c r="A324" t="s">
+        <v>1351</v>
+      </c>
+      <c r="B324" t="s">
+        <v>7</v>
+      </c>
+      <c r="D324" t="s">
+        <v>1352</v>
+      </c>
+      <c r="E324" t="s">
+        <v>1353</v>
+      </c>
+      <c r="F324" s="1" t="s">
+        <v>1354</v>
+      </c>
+    </row>
+    <row r="325" spans="1:6">
+      <c r="A325" t="s">
+        <v>1355</v>
+      </c>
+      <c r="B325" t="s">
+        <v>7</v>
+      </c>
+      <c r="D325" t="s">
+        <v>1356</v>
+      </c>
+      <c r="E325" t="s">
+        <v>1357</v>
+      </c>
+      <c r="F325" s="1" t="s">
+        <v>1358</v>
+      </c>
+    </row>
+    <row r="326" spans="1:6">
+      <c r="A326" t="s">
+        <v>1359</v>
+      </c>
+      <c r="B326" t="s">
+        <v>7</v>
+      </c>
+      <c r="D326" t="s">
+        <v>1360</v>
+      </c>
+      <c r="E326" t="s">
+        <v>1361</v>
+      </c>
+      <c r="F326" s="1" t="s">
+        <v>1362</v>
+      </c>
+    </row>
+    <row r="327" spans="1:6">
+      <c r="A327" t="s">
+        <v>1363</v>
+      </c>
+      <c r="B327" t="s">
+        <v>13</v>
+      </c>
+      <c r="D327" t="s">
+        <v>1360</v>
+      </c>
+      <c r="E327" t="s">
+        <v>1364</v>
+      </c>
+      <c r="F327" s="1" t="s">
+        <v>1362</v>
+      </c>
+    </row>
+    <row r="328" spans="1:6">
+      <c r="A328" t="s">
+        <v>1365</v>
+      </c>
+      <c r="B328" t="s">
+        <v>7</v>
+      </c>
+      <c r="D328" t="s">
+        <v>1366</v>
+      </c>
+      <c r="E328" t="s">
+        <v>1367</v>
+      </c>
+      <c r="F328" s="1" t="s">
+        <v>1368</v>
+      </c>
+    </row>
+    <row r="329" spans="1:6">
+      <c r="A329" t="s">
+        <v>1369</v>
+      </c>
+      <c r="B329" t="s">
+        <v>13</v>
+      </c>
+      <c r="D329" t="s">
+        <v>1370</v>
+      </c>
+      <c r="F329" s="1" t="s">
+        <v>1371</v>
+      </c>
+    </row>
+    <row r="330" spans="1:6">
+      <c r="A330" t="s">
+        <v>1372</v>
+      </c>
+      <c r="B330" t="s">
+        <v>13</v>
+      </c>
+      <c r="D330" t="s">
+        <v>1373</v>
+      </c>
+      <c r="E330" t="s">
+        <v>1374</v>
+      </c>
+      <c r="F330" s="1" t="s">
+        <v>1375</v>
+      </c>
+    </row>
+    <row r="331" spans="1:6">
+      <c r="A331" t="s">
+        <v>1376</v>
+      </c>
+      <c r="B331" t="s">
+        <v>7</v>
+      </c>
+      <c r="D331" t="s">
+        <v>1377</v>
+      </c>
+      <c r="E331" t="s">
+        <v>1378</v>
+      </c>
+      <c r="F331" s="1" t="s">
+        <v>1379</v>
+      </c>
+    </row>
+    <row r="332" spans="1:6">
+      <c r="A332" t="s">
+        <v>1380</v>
+      </c>
+      <c r="B332" t="s">
+        <v>13</v>
+      </c>
+      <c r="D332" t="s">
+        <v>1381</v>
+      </c>
+      <c r="E332" t="s">
+        <v>1382</v>
+      </c>
+      <c r="F332" s="1" t="s">
+        <v>1300</v>
+      </c>
+    </row>
+    <row r="333" spans="1:6">
+      <c r="A333" t="s">
+        <v>1383</v>
+      </c>
+      <c r="B333" t="s">
+        <v>7</v>
+      </c>
+      <c r="C333" t="s">
+        <v>1384</v>
+      </c>
+      <c r="D333" t="s">
+        <v>1385</v>
+      </c>
+      <c r="E333" t="s">
+        <v>1386</v>
+      </c>
+      <c r="F333" s="1" t="s">
+        <v>1387</v>
+      </c>
+    </row>
+    <row r="334" spans="1:6">
+      <c r="A334" t="s">
+        <v>1388</v>
+      </c>
+      <c r="B334" t="s">
+        <v>7</v>
+      </c>
+      <c r="D334" t="s">
+        <v>1389</v>
+      </c>
+      <c r="E334" t="s">
+        <v>1390</v>
+      </c>
+      <c r="F334" s="1" t="s">
+        <v>1391</v>
+      </c>
+    </row>
+    <row r="335" spans="1:6">
+      <c r="A335" t="s">
+        <v>1392</v>
+      </c>
+      <c r="B335" t="s">
+        <v>7</v>
+      </c>
+      <c r="D335" t="s">
+        <v>1393</v>
+      </c>
+      <c r="E335" t="s">
+        <v>1394</v>
+      </c>
+      <c r="F335" s="1" t="s">
+        <v>1395</v>
+      </c>
+    </row>
+    <row r="336" spans="1:6">
+      <c r="A336" t="s">
+        <v>1396</v>
+      </c>
+      <c r="B336" t="s">
+        <v>7</v>
+      </c>
+      <c r="C336" t="s">
+        <v>1397</v>
+      </c>
+      <c r="D336" t="s">
+        <v>1398</v>
+      </c>
+      <c r="E336" t="s">
+        <v>1399</v>
+      </c>
+      <c r="F336" s="1" t="s">
+        <v>1400</v>
+      </c>
+    </row>
+    <row r="337" spans="1:6">
+      <c r="A337" t="s">
+        <v>1401</v>
+      </c>
+      <c r="B337" t="s">
+        <v>13</v>
+      </c>
+      <c r="D337" t="s">
+        <v>1402</v>
+      </c>
+      <c r="E337" t="s">
+        <v>1403</v>
+      </c>
+      <c r="F337" s="1" t="s">
+        <v>1404</v>
+      </c>
+    </row>
+    <row r="338" spans="1:6">
+      <c r="A338" t="s">
+        <v>1405</v>
+      </c>
+      <c r="B338" t="s">
+        <v>13</v>
+      </c>
+      <c r="D338" t="s">
+        <v>1406</v>
+      </c>
+      <c r="E338" t="s">
+        <v>1407</v>
+      </c>
+      <c r="F338" s="1" t="s">
+        <v>1408</v>
+      </c>
+    </row>
+    <row r="339" spans="1:6">
+      <c r="A339" t="s">
+        <v>1409</v>
+      </c>
+      <c r="B339" t="s">
+        <v>13</v>
+      </c>
+      <c r="D339" t="s">
+        <v>1410</v>
+      </c>
+      <c r="E339" t="s">
+        <v>1411</v>
+      </c>
+      <c r="F339" s="1" t="s">
+        <v>1412</v>
+      </c>
+    </row>
+    <row r="340" spans="1:6">
+      <c r="A340" t="s">
+        <v>1413</v>
+      </c>
+      <c r="B340" t="s">
+        <v>13</v>
+      </c>
+      <c r="C340" t="s">
+        <v>1414</v>
+      </c>
+      <c r="E340" t="s">
+        <v>1415</v>
+      </c>
+      <c r="F340" s="1" t="s">
+        <v>1416</v>
+      </c>
+    </row>
+    <row r="341" spans="1:6">
+      <c r="A341" t="s">
+        <v>1417</v>
+      </c>
+      <c r="B341" t="s">
+        <v>7</v>
+      </c>
+      <c r="C341" t="s">
+        <v>1414</v>
+      </c>
+      <c r="E341" t="s">
+        <v>1418</v>
+      </c>
+      <c r="F341" s="1" t="s">
+        <v>1416</v>
+      </c>
+    </row>
+    <row r="342" spans="1:6">
+      <c r="A342" t="s">
+        <v>1419</v>
+      </c>
+      <c r="B342" t="s">
+        <v>13</v>
+      </c>
+      <c r="D342" t="s">
+        <v>1420</v>
+      </c>
+      <c r="E342" t="s">
+        <v>1421</v>
+      </c>
+      <c r="F342" s="1" t="s">
+        <v>1422</v>
+      </c>
+    </row>
+    <row r="343" spans="1:6">
+      <c r="A343" t="s">
+        <v>1423</v>
+      </c>
+      <c r="B343" t="s">
+        <v>7</v>
+      </c>
+      <c r="D343" t="s">
+        <v>1424</v>
+      </c>
+      <c r="E343" t="s">
+        <v>1425</v>
+      </c>
+      <c r="F343" s="1" t="s">
+        <v>1426</v>
+      </c>
+    </row>
+    <row r="344" spans="1:6">
+      <c r="A344" t="s">
+        <v>1427</v>
+      </c>
+      <c r="B344" t="s">
+        <v>7</v>
+      </c>
+      <c r="C344" t="s">
+        <v>1428</v>
+      </c>
+      <c r="D344" t="s">
+        <v>1429</v>
+      </c>
+      <c r="E344" t="s">
+        <v>1430</v>
+      </c>
+      <c r="F344" s="1" t="s">
+        <v>1431</v>
+      </c>
+    </row>
+    <row r="345" spans="1:6">
+      <c r="A345" t="s">
+        <v>1432</v>
+      </c>
+      <c r="B345" t="s">
+        <v>13</v>
+      </c>
+      <c r="D345" t="s">
+        <v>1433</v>
+      </c>
+      <c r="E345" t="s">
+        <v>1434</v>
+      </c>
+      <c r="F345" s="1" t="s">
+        <v>1435</v>
+      </c>
+    </row>
+    <row r="346" spans="1:6">
+      <c r="A346" t="s">
+        <v>1436</v>
+      </c>
+      <c r="B346" t="s">
+        <v>7</v>
+      </c>
+      <c r="C346" t="s">
+        <v>1437</v>
+      </c>
+      <c r="D346" t="s">
+        <v>1438</v>
+      </c>
+      <c r="E346" t="s">
+        <v>1439</v>
+      </c>
+      <c r="F346" s="1" t="s">
+        <v>1440</v>
+      </c>
+    </row>
+    <row r="347" spans="1:6">
+      <c r="A347" t="s">
+        <v>1441</v>
+      </c>
+      <c r="B347" t="s">
+        <v>13</v>
+      </c>
+      <c r="D347" t="s">
+        <v>1442</v>
+      </c>
+      <c r="E347" t="s">
+        <v>1443</v>
+      </c>
+      <c r="F347" s="1" t="s">
+        <v>1444</v>
+      </c>
+    </row>
+    <row r="348" spans="1:6">
+      <c r="A348" t="s">
+        <v>1445</v>
+      </c>
+      <c r="B348" t="s">
+        <v>7</v>
+      </c>
+      <c r="D348" t="s">
+        <v>1446</v>
+      </c>
+      <c r="E348" t="s">
+        <v>1447</v>
+      </c>
+      <c r="F348" s="1" t="s">
+        <v>1448</v>
+      </c>
+    </row>
+    <row r="349" spans="1:6">
+      <c r="A349" t="s">
+        <v>1449</v>
+      </c>
+      <c r="B349" t="s">
+        <v>7</v>
+      </c>
+      <c r="D349" t="s">
+        <v>1450</v>
+      </c>
+      <c r="E349" t="s">
+        <v>1451</v>
+      </c>
+      <c r="F349" s="1" t="s">
+        <v>1452</v>
+      </c>
+    </row>
+    <row r="350" spans="1:6">
+      <c r="A350" t="s">
+        <v>1453</v>
+      </c>
+      <c r="B350" t="s">
+        <v>13</v>
+      </c>
+      <c r="D350" t="s">
+        <v>1454</v>
+      </c>
+      <c r="E350" t="s">
+        <v>1455</v>
+      </c>
+      <c r="F350" s="1" t="s">
+        <v>269</v>
+      </c>
+    </row>
   </sheetData>
-  <autoFilter ref="A1:F304"/>
+  <autoFilter ref="A1:F350"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>